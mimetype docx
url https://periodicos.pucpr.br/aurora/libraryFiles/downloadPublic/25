--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,106 +4,107 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
-        <w:tblW w:w="9923" w:type="dxa"/>
-        <w:tblInd w:w="113" w:type="dxa"/>
+        <w:tblW w:w="10036" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="255" w:type="dxa"/>
           <w:right w:w="142" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7258"/>
+        <w:gridCol w:w="7371"/>
         <w:gridCol w:w="2665"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567DF8" w14:paraId="2D1DE01A" w14:textId="77777777" w:rsidTr="00AB679A">
+      <w:tr w:rsidR="00567DF8" w14:paraId="2D1DE01A" w14:textId="77777777" w:rsidTr="00BE6F65">
         <w:trPr>
           <w:trHeight w:val="1985"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7258" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="433FC7DB" w14:textId="1CB571A8" w:rsidR="00567DF8" w:rsidRPr="00805BA9" w:rsidRDefault="008570BF" w:rsidP="00440834">
+          <w:p w14:paraId="433FC7DB" w14:textId="3143F161" w:rsidR="00567DF8" w:rsidRPr="00805BA9" w:rsidRDefault="008570BF" w:rsidP="004D7BCD">
             <w:pPr>
               <w:pStyle w:val="REVISTAURBANA"/>
+              <w:suppressAutoHyphens/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="77D60362" wp14:editId="330659BD">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="77D60362" wp14:editId="5DACF479">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-37465</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>100330</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="3110230" cy="1018540"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="1" name="Imagem 1" descr="Forma&#10;&#10;Descrição gerada automaticamente com confiança média"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name="Imagem 1" descr="Forma&#10;&#10;Descrição gerada automaticamente com confiança média"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -122,70 +123,71 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2665" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8C5ECF" w14:textId="619A5F73" w:rsidR="00567DF8" w:rsidRDefault="00567DF8" w:rsidP="00967719">
+          <w:p w14:paraId="1D8C5ECF" w14:textId="619A5F73" w:rsidR="00567DF8" w:rsidRDefault="00567DF8" w:rsidP="004D7BCD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
+              <w:suppressAutoHyphens/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A4CB1B7" wp14:editId="5D50E105">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A4CB1B7" wp14:editId="5D50E105">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-8890</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>626519</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1363890" cy="492125"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="3175"/>
                   <wp:wrapNone/>
                   <wp:docPr id="3" name="Gráfico 3">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="Gráfico 3">
                             <a:hlinkClick r:id="rId12"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
@@ -206,701 +208,1031 @@
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1363890" cy="492125"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567DF8" w14:paraId="16A23803" w14:textId="77777777" w:rsidTr="00AB679A">
+      <w:tr w:rsidR="00567DF8" w14:paraId="16A23803" w14:textId="77777777" w:rsidTr="00BE6F65">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7258" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2B0D90" w14:textId="40DB63F4" w:rsidR="00567DF8" w:rsidRPr="00FF05EC" w:rsidRDefault="00871BF1" w:rsidP="00FF05EC">
+          <w:p w14:paraId="6E2B0D90" w14:textId="40DB63F4" w:rsidR="00567DF8" w:rsidRPr="00E958CE" w:rsidRDefault="00871BF1" w:rsidP="004D7BCD">
             <w:pPr>
               <w:pStyle w:val="Linkrevista"/>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidRPr="00FF05EC">
+              <w:r w:rsidRPr="00E958CE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>periodicos.pucpr.br/aurora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2665" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="10332F17" w14:textId="77777777" w:rsidR="00567DF8" w:rsidRDefault="00567DF8" w:rsidP="0095709F">
+          <w:p w14:paraId="10332F17" w14:textId="77777777" w:rsidR="00567DF8" w:rsidRDefault="00567DF8" w:rsidP="004D7BCD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
+              <w:suppressAutoHyphens/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6ECE3302" w14:textId="0B93DF2F" w:rsidR="00440834" w:rsidRPr="00C94E90" w:rsidRDefault="00C94E90" w:rsidP="002179E2">
+    <w:p w14:paraId="6ECE3302" w14:textId="1E66F2C7" w:rsidR="00440834" w:rsidRPr="00A16877" w:rsidRDefault="00C94E90" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="TItulodoArtigo"/>
+        <w:pStyle w:val="RFA-Ttulodoartigo"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:smallCaps w:val="0"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00455981">
+      <w:r w:rsidRPr="00A16877">
+        <w:rPr>
+          <w:smallCaps w:val="0"/>
+        </w:rPr>
         <w:t>Título do artigo no primeiro idioma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E1A3775" w14:textId="3794C461" w:rsidR="00440834" w:rsidRPr="00D6252A" w:rsidRDefault="00000000" w:rsidP="00D6252A">
+    <w:p w14:paraId="1E1A3775" w14:textId="182922A5" w:rsidR="00440834" w:rsidRPr="00D6252A" w:rsidRDefault="00972DAF" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="Titutodoartigosegundoidioma"/>
+        <w:pStyle w:val="RFA-Ttulodoartigoemlnguaestrangeira"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:pict>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B6FB58D" wp14:editId="424C05F2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-1270</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>421639</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6286500" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="353461485" name="Conector reto 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks/>
+                      </wps:cNvCnPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6286500" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1">
+                              <a:lumMod val="95000"/>
+                              <a:lumOff val="5000"/>
+                            </a:schemeClr>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="5BCE5573" id="Conector reto 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-.1pt,33.2pt" to="494.9pt,33.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJ55RE4gEAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IN1E0FyzkkSC9p&#10;GzTpBzB8WERILkEylvz3XZKSkrSXouiFEPcxOzNc7S9Ha8hJhqjBdXSzWlMiHQeh3bGjPx9uPlxQ&#10;EhNzghlwsqNnGenl4f27/eBbuYUejJCBIIiL7eA72qfk26aJvJeWxRV46TCpIFiW8BqOjQhsQHRr&#10;mu16vWsGCMIH4DJGjF7XJD0UfKUkT9+VijIR01HklsoZyvmYz+awZ+0xMN9rPtFg/8DCMu1w6AJ1&#10;zRIjz0H/AWU1DxBBpRUH24BSmsuiAdVs1r+pue+Zl0ULmhP9YlP8f7D82+nK3YVMnY/u3t8Cf4po&#10;SjP42C7JfIm+lo0q2FyO3MlYjDwvRsoxEY7B3fZi93GNfvM517B2bvQhpi8SLMkfHTXaZY2sZafb&#10;mPJo1s4lOWwcGXCztp8QL98jGC1utDHlkvdEXplATgxfOI2bUmOe7VcQNfYZiUzvjGHchhqeozit&#10;LFsGKbNf4WPOuMmLKr8Ykc5GVmY/pCJaoOA6dgGqI8TTJu9XQcHK3KKQ99I06Xkr4aVpqs1tsmzy&#10;3zYu1WUiuLQ0Wu0gVBffTs3GVaqq1s+qq9Ys+xHE+S7Mq4HrWJRNv07e99f30v7ygx9+AQAA//8D&#10;AFBLAwQUAAYACAAAACEACb0MvN4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74Lf&#10;YRnBi7Qbi4Q0ZlNEFP+BYFvodZMdk9Td2ZjdtPHbO+JBj2/e473fFKvJWXHAIXSeFFzOExBItTcd&#10;NQq2m/tZBiJETUZbT6jgCwOsytOTQufGH+kND+vYCC6hkGsFbYx9LmWoW3Q6zH2PxN67H5yOLIdG&#10;mkEfudxZuUiSVDrdES+0usfbFuuP9egU7FwWH7bPqf/cS3s3vjxdVPvHV6XOz6abaxARp/gXhh98&#10;RoeSmSo/kgnCKpgtOKggTa9AsL3MlvxJ9XuQZSH/85ffAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAAnnlETiAQAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAAm9DLzeAAAABwEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#0d0d0d [3069]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+                <o:lock v:ext="edit" shapetype="f"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D6252A" w:rsidRPr="00D6252A">
         <w:t>Título do artigo no segundo idioma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD95163" w14:textId="11974D2A" w:rsidR="00C67FB7" w:rsidRPr="00223E1B" w:rsidRDefault="003C2C94" w:rsidP="00E53822">
+    <w:p w14:paraId="2BD95163" w14:textId="7D22E097" w:rsidR="00C67FB7" w:rsidRPr="002C6236" w:rsidRDefault="00AF1558" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="NomecompletodoAutor"/>
-        <w:contextualSpacing/>
+        <w:pStyle w:val="RFA-NomedoautoreComocitar"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk185515150"/>
-      <w:r>
+      <w:r w:rsidRPr="000C7157">
         <w:rPr>
           <w:noProof/>
-        </w:rPr>
-[...542 lines deleted...]
-      <w:r w:rsidR="000F0801" w:rsidRPr="0004559D">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="322E0850" wp14:editId="50E573DD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1589405</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>13335</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4476750" cy="2943225"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="217" name="Caixa de Texto 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4476750" cy="2943225"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="19FA4911" w14:textId="77777777" w:rsidR="009E5246" w:rsidRPr="00212F3A" w:rsidRDefault="009E5246" w:rsidP="009E5246">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Prezadas autoras e autores, </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1B064CD2" w14:textId="2C88DFB1" w:rsidR="000C7157" w:rsidRPr="00212F3A" w:rsidRDefault="009E5246" w:rsidP="009E5246">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>Por favor, não insira as informações de contato durante a etapa de submissão para a avaliação. Os dados serão preenchidos durante a editoração.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7C7EEED9" w14:textId="77777777" w:rsidR="00921103" w:rsidRPr="00212F3A" w:rsidRDefault="00921103" w:rsidP="00921103">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Estimados </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                              <w:t>autores y autoras</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6C378E9B" w14:textId="2C9DE9A7" w:rsidR="009E5246" w:rsidRPr="00212F3A" w:rsidRDefault="00921103" w:rsidP="00921103">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Por favor, no incluyan la información de contacto durante la etapa de envío para su evaluación. </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Los </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>datos</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> se </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>completarán</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> durante </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>la</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>edición</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5431CF74" w14:textId="77777777" w:rsidR="00D03A13" w:rsidRPr="00212F3A" w:rsidRDefault="00D03A13" w:rsidP="00D03A13">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Dear authors, </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5F0E6EAE" w14:textId="15F074D4" w:rsidR="00921103" w:rsidRPr="00212F3A" w:rsidRDefault="00D03A13" w:rsidP="00D03A13">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Please do not include your contact details during the submission stage for evaluation. </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>This</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> information </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>will</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>be</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>added</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>during</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>editing</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>process</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00212F3A">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="322E0850" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:125.15pt;margin-top:1.05pt;width:352.5pt;height:231.75pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQHIEEDwIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjxnKYx4hRdugwD&#10;ugvQ7QNkWY6FSaImKbGzry+luGl2wR6G6UEgReqQPCRXN4NW5CCcl2AqOptMKRGGQyPNrqJfv2xf&#10;XVPiAzMNU2BERY/C05v1yxer3pYihw5UIxxBEOPL3la0C8GWWeZ5JzTzE7DCoLEFp1lA1e2yxrEe&#10;0bXK8un0KuvBNdYBF97j693JSNcJv20FD5/a1otAVEUxt5Bul+463tl6xcqdY7aTfEyD/UMWmkmD&#10;Qc9QdywwsnfyNygtuQMPbZhw0Bm0reQi1YDVzKa/VPPQMStSLUiOt2ea/P+D5R8PD/azI2F4AwM2&#10;MBXh7T3wb54Y2HTM7MStc9B3gjUYeBYpy3rry/FrpNqXPoLU/QdosMlsHyABDa3TkRWskyA6NuB4&#10;Jl0MgXB8LIrF1WKOJo62fFm8zvN5isHKp+/W+fBOgCZRqKjDriZ4drj3IabDyieXGM2Dks1WKpUU&#10;t6s3ypEDwwnYpjOi/+SmDOkrupxj7L9DTNP5E4SWAUdZSV3R67MTKyNvb02TBi0wqU4ypqzMSGTk&#10;7sRiGOoBHSOhNTRHpNTBaWRxxVDowP2gpMdxraj/vmdOUKLeG2zLclYUcb6TUswXOSru0lJfWpjh&#10;CFXRQMlJ3IS0E7F0A7fYvlYmYp8zGXPFMUx8jysT5/xST17Pi71+BAAA//8DAFBLAwQUAAYACAAA&#10;ACEAoUU0uuAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXFDr9CehDXEq&#10;hASiN2gRXN14m0TE62C7aXh7lhPcdjSj2W+KzWg7MaAPrSMFs2kCAqlypqVawdv+cbICEaImoztH&#10;qOAbA2zKy4tC58ad6RWHXawFl1DItYImxj6XMlQNWh2mrkdi7+i81ZGlr6Xx+szltpPzJMmk1S3x&#10;h0b3+NBg9bk7WQWr5fPwEbaLl/cqO3breHM7PH15pa6vxvs7EBHH+BeGX3xGh5KZDu5EJohOwTxN&#10;FhzlYwaC/XWasj4oWGZpBrIs5P8F5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0ByB&#10;BA8CAAAgBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;oUU0uuAAAAAJAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="19FA4911" w14:textId="77777777" w:rsidR="009E5246" w:rsidRPr="00212F3A" w:rsidRDefault="009E5246" w:rsidP="009E5246">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Prezadas autoras e autores, </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1B064CD2" w14:textId="2C88DFB1" w:rsidR="000C7157" w:rsidRPr="00212F3A" w:rsidRDefault="009E5246" w:rsidP="009E5246">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>Por favor, não insira as informações de contato durante a etapa de submissão para a avaliação. Os dados serão preenchidos durante a editoração.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7C7EEED9" w14:textId="77777777" w:rsidR="00921103" w:rsidRPr="00212F3A" w:rsidRDefault="00921103" w:rsidP="00921103">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Estimados </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                        <w:t>autores y autoras</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6C378E9B" w14:textId="2C9DE9A7" w:rsidR="009E5246" w:rsidRPr="00212F3A" w:rsidRDefault="00921103" w:rsidP="00921103">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Por favor, no incluyan la información de contacto durante la etapa de envío para su evaluación. </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Los </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>datos</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> se </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>completarán</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> durante </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>la</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>edición</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5431CF74" w14:textId="77777777" w:rsidR="00D03A13" w:rsidRPr="00212F3A" w:rsidRDefault="00D03A13" w:rsidP="00D03A13">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Dear authors, </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5F0E6EAE" w14:textId="15F074D4" w:rsidR="00921103" w:rsidRPr="00212F3A" w:rsidRDefault="00D03A13" w:rsidP="00D03A13">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Please do not include your contact details during the submission stage for evaluation. </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>This</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> information </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>will</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>be</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>added</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>during</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>the</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>editing</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>process</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00212F3A">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00DD51C9" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
         <w:t>Nome Completo do Autor</w:t>
       </w:r>
-      <w:r w:rsidR="00D6252A" w:rsidRPr="0004559D">
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00D6252A" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2652" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>[a]</w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">[a] </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6252A" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79D60D41" wp14:editId="23C77E03">
             <wp:extent cx="148590" cy="148590"/>
             <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
             <wp:docPr id="4" name="Imagem 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -908,1813 +1240,8322 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="148590" cy="148590"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="004A50B6">
+      <w:r w:rsidR="004A50B6" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A4868C" w14:textId="77777777" w:rsidR="00CA2652" w:rsidRDefault="003F32D3" w:rsidP="00891F66">
+    <w:p w14:paraId="72A4868C" w14:textId="77777777" w:rsidR="00CA2652" w:rsidRPr="002C6236" w:rsidRDefault="003F32D3" w:rsidP="004D7BCD">
       <w:pPr>
         <w:pStyle w:val="CidadeUFPAIS"/>
+        <w:suppressAutoHyphens/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Cidade, UF, País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBCB9AC" w14:textId="0F3DE3B6" w:rsidR="00223E1B" w:rsidRDefault="00CA2652" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="CidadeUFPAIS"/>
+        <w:suppressAutoHyphens/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>[a]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Instituição em que é afiliado (ABREVIAÇÃO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079B408E" w14:textId="2898EA6C" w:rsidR="009772D0" w:rsidRPr="002C6236" w:rsidRDefault="009772D0" w:rsidP="009772D0">
+      <w:pPr>
+        <w:pStyle w:val="RFA-NomedoautoreComocitar"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome Completo do Autor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1558">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C159988" wp14:editId="23AFC0E3">
+            <wp:extent cx="148590" cy="148590"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
+            <wp:docPr id="1556252607" name="Imagem 1556252607"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="148590" cy="148590"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A083A4F" w14:textId="77777777" w:rsidR="009772D0" w:rsidRPr="002C6236" w:rsidRDefault="009772D0" w:rsidP="009772D0">
+      <w:pPr>
+        <w:pStyle w:val="CidadeUFPAIS"/>
+        <w:suppressAutoHyphens/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Cidade, UF, País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B1E7C7" w14:textId="1AEF75AD" w:rsidR="009772D0" w:rsidRDefault="009772D0" w:rsidP="009772D0">
+      <w:pPr>
+        <w:pStyle w:val="CidadeUFPAIS"/>
+        <w:suppressAutoHyphens/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1558">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Instituição em que é afiliado (ABREVIAÇÃO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A00FE2" w14:textId="71D475D3" w:rsidR="00AF1558" w:rsidRPr="002C6236" w:rsidRDefault="00AF1558" w:rsidP="00AF1558">
+      <w:pPr>
+        <w:pStyle w:val="RFA-NomedoautoreComocitar"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome Completo do Autor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69803236" wp14:editId="76133108">
+            <wp:extent cx="148590" cy="148590"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
+            <wp:docPr id="835768230" name="Imagem 835768230"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="148590" cy="148590"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618E3940" w14:textId="77777777" w:rsidR="00AF1558" w:rsidRPr="002C6236" w:rsidRDefault="00AF1558" w:rsidP="00AF1558">
+      <w:pPr>
+        <w:pStyle w:val="CidadeUFPAIS"/>
+        <w:suppressAutoHyphens/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Cidade, UF, País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28373886" w14:textId="1EABEA72" w:rsidR="00AF1558" w:rsidRPr="002C6236" w:rsidRDefault="00AF1558" w:rsidP="00AF1558">
+      <w:pPr>
+        <w:pStyle w:val="CidadeUFPAIS"/>
+        <w:suppressAutoHyphens/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Instituição em que é afiliado (ABREVIAÇÃO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5B8F95" w14:textId="77777777" w:rsidR="00AF1558" w:rsidRPr="002C6236" w:rsidRDefault="00AF1558" w:rsidP="009772D0">
+      <w:pPr>
+        <w:pStyle w:val="CidadeUFPAIS"/>
+        <w:suppressAutoHyphens/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C504768" w14:textId="77777777" w:rsidR="00715FCE" w:rsidRPr="00715FCE" w:rsidRDefault="00715FCE" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="CidadeUFPAIS"/>
+        <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="0004559D">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="16D62FBB" w14:textId="1650C2AA" w:rsidR="003F32D3" w:rsidRPr="00A04B55" w:rsidRDefault="00CA2652" w:rsidP="00891F66">
+    <w:p w14:paraId="69F34FD7" w14:textId="0AB7DFF4" w:rsidR="000A1CBE" w:rsidRPr="002C6236" w:rsidRDefault="000A1CBE" w:rsidP="004D7BCD">
       <w:pPr>
         <w:pStyle w:val="CidadeUFPAIS"/>
-        <w:contextualSpacing/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA2652">
-[...28 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
         </w:rPr>
         <w:t>Como citar</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A04B55">
+      <w:r w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00CA2652" w:rsidRPr="00A04B55">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00CA2652" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SOBRENOME</w:t>
       </w:r>
-      <w:r w:rsidR="00223E1B" w:rsidRPr="00A04B55">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00223E1B" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00CA2652" w:rsidRPr="00A04B55">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00CA2652" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nome</w:t>
       </w:r>
-      <w:r w:rsidR="00F123EE" w:rsidRPr="00A04B55">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00F123EE" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Título do artigo. </w:t>
       </w:r>
-      <w:r w:rsidR="00F123EE" w:rsidRPr="00A04B55">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00F123EE" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Revista de Filosofia Aurora</w:t>
       </w:r>
-      <w:r w:rsidR="00F123EE" w:rsidRPr="00A04B55">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00F123EE" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, Curitiba</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+        <w:t xml:space="preserve">, Curitiba, v. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F60B75" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>: Editora PUCPRESS</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00244164">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, v. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00F123EE" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60B75" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04B55" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+        <w:t>e202</w:t>
+      </w:r>
+      <w:r w:rsidR="00244164">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04B55" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>e2025XXXXX</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+        <w:t>XXXXX</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60B75" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A04B55" w:rsidRPr="00A04B55">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00244164">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60B75" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A04B55" w:rsidRPr="00A04B55">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00A04B55" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> DOI: http</w:t>
       </w:r>
-      <w:r w:rsidR="00B94B44">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00B94B44" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00A04B55" w:rsidRPr="00A04B55">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="SimSun" w:cs="Open Sans"/>
+      <w:r w:rsidR="00A04B55" w:rsidRPr="002C6236">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>://doi.org/10.1590/2965-1557.037.e2025XXXXX</w:t>
+        <w:t>://doi.org/</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00244164" w:rsidRPr="00244164">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.1590/2965-1557.038.e2026XXXXX</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6EB1C605" w14:textId="440481E3" w:rsidR="001669C7" w:rsidRPr="00812897" w:rsidRDefault="005F103A" w:rsidP="00A35A51">
+    <w:p w14:paraId="6EB1C605" w14:textId="440481E3" w:rsidR="001669C7" w:rsidRPr="00812897" w:rsidRDefault="005F103A" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="ResumoeAbstract"/>
+        <w:pStyle w:val="RFA-ResumoeAbstract"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="005F103A">
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E8E187" w14:textId="6D6009C3" w:rsidR="00856CD3" w:rsidRPr="00A04B55" w:rsidRDefault="00554E55" w:rsidP="00352A94">
+    <w:p w14:paraId="51E8E187" w14:textId="6D6009C3" w:rsidR="00856CD3" w:rsidRPr="00A04B55" w:rsidRDefault="00554E55" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="Resumo"/>
-[...2 lines deleted...]
-          <w:lang w:val="pt-BR"/>
+        <w:pStyle w:val="RFA-Corporesumo"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sodales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> dolor. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>Vestibulum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>maximus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>vestibulum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465639AB" w14:textId="51B18B3D" w:rsidR="00290198" w:rsidRPr="00516095" w:rsidRDefault="00290198" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Palavras-chave"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04B55">
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
-[...2 lines deleted...]
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Mauris vitae orci quis magna malesuada vehicula ut at felis. Cras hendrerit auctor ipsum vitae ullamcorper. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum por ta. Nullam ac accumsan dolor. Vestibulum maximus rutrum vestibulum.</w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>Palavras-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00945980" w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve">Lorem. </w:t>
+      </w:r>
+      <w:r w:rsidR="00945980" w:rsidRPr="00516095">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ipsum. Dolor. Sit. Amet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465639AB" w14:textId="51B18B3D" w:rsidR="00290198" w:rsidRPr="00516095" w:rsidRDefault="00290198" w:rsidP="00A04B55">
+    <w:p w14:paraId="10486E92" w14:textId="25D09794" w:rsidR="00524D6B" w:rsidRPr="00CA2652" w:rsidRDefault="00524D6B" w:rsidP="00244164">
       <w:pPr>
-        <w:pStyle w:val="Keywordsepalabrasclave"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="RFA-ResumoeAbstract"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C41F911" w14:textId="7E9BEDB6" w:rsidR="00524D6B" w:rsidRPr="00A04B55" w:rsidRDefault="009B57C7" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corporesumolnguaestrangeira"/>
       </w:pPr>
       <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve">. Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>Prae</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00534F0F" w:rsidRPr="00534F0F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve">sent </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>sodales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> dolor. Vestibulum maximus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04B55">
+        <w:t xml:space="preserve"> vestibulum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C13E5C4" w14:textId="3D6CE672" w:rsidR="00C94E90" w:rsidRPr="00671BB0" w:rsidRDefault="00972DAF" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Keywordsepalabrasclave"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:i w:val="0"/>
-[...24 lines deleted...]
-        <w:t>Ipsum. Dolor. Sit. Amet.</w:t>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="337D029D" wp14:editId="2A313938">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-1270</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>389889</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6286500" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="90693727" name="Conector reto 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks/>
+                      </wps:cNvCnPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6286500" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1">
+                              <a:lumMod val="95000"/>
+                              <a:lumOff val="5000"/>
+                            </a:schemeClr>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="3DD48F51" id="Conector reto 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-.1pt,30.7pt" to="494.9pt,30.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJ55RE4gEAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IN1E0FyzkkSC9p&#10;GzTpBzB8WERILkEylvz3XZKSkrSXouiFEPcxOzNc7S9Ha8hJhqjBdXSzWlMiHQeh3bGjPx9uPlxQ&#10;EhNzghlwsqNnGenl4f27/eBbuYUejJCBIIiL7eA72qfk26aJvJeWxRV46TCpIFiW8BqOjQhsQHRr&#10;mu16vWsGCMIH4DJGjF7XJD0UfKUkT9+VijIR01HklsoZyvmYz+awZ+0xMN9rPtFg/8DCMu1w6AJ1&#10;zRIjz0H/AWU1DxBBpRUH24BSmsuiAdVs1r+pue+Zl0ULmhP9YlP8f7D82+nK3YVMnY/u3t8Cf4po&#10;SjP42C7JfIm+lo0q2FyO3MlYjDwvRsoxEY7B3fZi93GNfvM517B2bvQhpi8SLMkfHTXaZY2sZafb&#10;mPJo1s4lOWwcGXCztp8QL98jGC1utDHlkvdEXplATgxfOI2bUmOe7VcQNfYZiUzvjGHchhqeozit&#10;LFsGKbNf4WPOuMmLKr8Ykc5GVmY/pCJaoOA6dgGqI8TTJu9XQcHK3KKQ99I06Xkr4aVpqs1tsmzy&#10;3zYu1WUiuLQ0Wu0gVBffTs3GVaqq1s+qq9Ys+xHE+S7Mq4HrWJRNv07e99f30v7ygx9+AQAA//8D&#10;AFBLAwQUAAYACAAAACEARXJ6ad4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74Lf&#10;YRnBi7SbFglpzKaIKP4pCNaC1012TFJ3Z2N208Zv74gHPb55j/d+U6wnZ8UBh9B5UrCYJyCQam86&#10;ahTsXu9mGYgQNRltPaGCLwywLk9PCp0bf6QXPGxjI7iEQq4VtDH2uZShbtHpMPc9EnvvfnA6shwa&#10;aQZ95HJn5TJJUul0R7zQ6h5vWqw/tqNT8OayeL97Sv3nXtrbcfN4Ue0fnpU6P5uur0BEnOJfGH7w&#10;GR1KZqr8SCYIq2C25KCCdHEJgu1VtuJPqt+DLAv5n7/8BgAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAAnnlETiAQAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAEVyemneAAAABwEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#0d0d0d [3069]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+                <o:lock v:ext="edit" shapetype="f"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00524D6B" w:rsidRPr="00671BB0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidR="00524D6B" w:rsidRPr="00671BB0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B27E91" w:rsidRPr="00671BB0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lorem. Ipsum. Dolor. Sit. Amet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10486E92" w14:textId="25D09794" w:rsidR="00524D6B" w:rsidRPr="00CA2652" w:rsidRDefault="00524D6B" w:rsidP="00A35A51">
+    <w:p w14:paraId="16FFFA1C" w14:textId="0866CFC5" w:rsidR="0053612E" w:rsidRPr="00901D9D" w:rsidRDefault="00F60B75" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="ResumoeAbstract"/>
+        <w:pStyle w:val="RFA-IntroduoeSeo"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0053612E" w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Introdução</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7F091B46" w14:textId="10FE5E37" w:rsidR="00856CD3" w:rsidRPr="000C7157" w:rsidRDefault="008F00F2" w:rsidP="000D3141">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sodales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor. Vestibulum maximus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vestibulum.</w:t>
+      </w:r>
+      <w:r w:rsidR="00563322" w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sed sit amet dui nunc. Donec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>risus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lacinia ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>scelerisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dui. Mauris </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>justo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3141">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nec diam vitae, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fringilla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pellentesque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sagittis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>urna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>commodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elementum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Aliquam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>venenatis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eleifend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pharetra. Nunc a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>placerat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tellus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>commodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ex. Vestibulum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ligula mi, sit amet cursus nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>condimentum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F7A79B" w14:textId="77777777" w:rsidR="00B8788E" w:rsidRPr="000C7157" w:rsidRDefault="00B8788E" w:rsidP="00244164">
+      <w:pPr>
+        <w:pStyle w:val="RFA-IntroduoeSeo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Seção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="12E5914B" w14:textId="248FC3B5" w:rsidR="00B8788E" w:rsidRPr="000C7157" w:rsidRDefault="00B8788E" w:rsidP="000D3141">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sodales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor. Vestibulum maximus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004123C1" w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F129D5B" w14:textId="335FBD07" w:rsidR="00723808" w:rsidRPr="000C7157" w:rsidRDefault="007A2BF1" w:rsidP="00244164">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Subseo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Subseção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="148E16D6" w14:textId="77777777" w:rsidR="00AD036D" w:rsidRPr="000C7157" w:rsidRDefault="00AD036D" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Citao"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD4C48A" w14:textId="09711D87" w:rsidR="00856CD3" w:rsidRPr="000C7157" w:rsidRDefault="00A54E66" w:rsidP="000D3141">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sodales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC2C6CE" w14:textId="7F0B3CF2" w:rsidR="00352A94" w:rsidRPr="001846A8" w:rsidRDefault="00883818" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Sub-subseo"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001846A8">
+        <w:t>Sub-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:t>sub</w:t>
+      </w:r>
+      <w:r w:rsidR="00271985" w:rsidRPr="001846A8">
+        <w:t>seção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5539A281" w14:textId="29ADCC71" w:rsidR="005770E2" w:rsidRPr="00224B20" w:rsidRDefault="00E317DD" w:rsidP="000D3141">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001846A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sodales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor. Vestibulum maximus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E12E39">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A54CB9" w14:textId="2A7D333E" w:rsidR="00406080" w:rsidRPr="002B041B" w:rsidRDefault="00406080" w:rsidP="007828B7">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Citao"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve">. Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>sodales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> dolor. Vestibulum maximus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:t xml:space="preserve"> vestibulum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440993E1" w14:textId="3DE914A7" w:rsidR="00D5608F" w:rsidRPr="002B041B" w:rsidRDefault="00800C00" w:rsidP="00244164">
+      <w:pPr>
+        <w:pStyle w:val="RFA-IntroduoeSeo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Seção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3E7AF80E" w14:textId="3FB2C8EC" w:rsidR="00D5608F" w:rsidRPr="00224B20" w:rsidRDefault="00420D5D" w:rsidP="000D3141">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sodales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vestibulum maximus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vestibulum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79610D3A" w14:textId="77777777" w:rsidR="00176C63" w:rsidRPr="009002CD" w:rsidRDefault="00176C63" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Listaordenada"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aenean a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sed sit amet dui nunc. Donec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>risus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lacinia ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>scelerisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4575D0" w14:textId="77777777" w:rsidR="00176C63" w:rsidRPr="00516095" w:rsidRDefault="00176C63" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Listaordenada"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> justo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>nec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>diam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> vitae, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>fringilla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C57D42" w14:textId="77777777" w:rsidR="00176C63" w:rsidRPr="00354605" w:rsidRDefault="00176C63" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Listaordenada"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00516095">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pellentesque sagittis augue in urna commodo elementum. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>Aliquam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>venenatis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>eleifend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>pharetra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D633EDD" w14:textId="77777777" w:rsidR="00176C63" w:rsidRPr="008E10E9" w:rsidRDefault="00176C63" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Listaordenada"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve">Nunc a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>placerat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>tellus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve">, non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>commodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> ex. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>Vestibulum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>ligula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> mi, sit amet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>cursus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> nunc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>condimentum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> vitae. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t>Duis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t>dui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t xml:space="preserve"> augue, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t>interdum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t xml:space="preserve"> sit amet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t>risus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t xml:space="preserve"> non, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t>elementum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E10E9">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636FA815" w14:textId="77777777" w:rsidR="00176C63" w:rsidRPr="00516095" w:rsidRDefault="00176C63" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Listaordenada"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00516095">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Duis finibus sapien mi, eget congue leo molestie quis. Integer nec ex vel risus maximus lacinia ac et dui. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>Integer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> sem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve">, vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> sem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00516095">
+        <w:t xml:space="preserve"> sit amet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="046617D9" w14:textId="4D901AF3" w:rsidR="00D5608F" w:rsidRPr="00792812" w:rsidRDefault="00176C63" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Listaordenada"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00516095">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cras eget tristique dolor, elementum venenatis tellus. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>Aenean</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> id </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t>volutpat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> nunc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5608F" w:rsidRPr="00354605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDFC062" w14:textId="1C6A93BF" w:rsidR="00E63C64" w:rsidRPr="00CA2652" w:rsidRDefault="00E63C64" w:rsidP="000D3141">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA2652">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Abstract</w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempus mi. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C41F911" w14:textId="7E9BEDB6" w:rsidR="00524D6B" w:rsidRPr="00A04B55" w:rsidRDefault="009B57C7" w:rsidP="00671BB0">
+    <w:p w14:paraId="118CF1AE" w14:textId="6E178E5F" w:rsidR="00D5608F" w:rsidRPr="00CA2652" w:rsidRDefault="00B41F03" w:rsidP="00244164">
       <w:pPr>
-        <w:pStyle w:val="Corpoabstracteresumen"/>
+        <w:pStyle w:val="RFA-IntroduoeSeo"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A04B55">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2652">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Seção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2F16E242" w14:textId="7AD5C7AD" w:rsidR="00D117D4" w:rsidRPr="00354605" w:rsidRDefault="00D117D4" w:rsidP="000D3141">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7280173C" w14:textId="2BF74AD7" w:rsidR="00B41F03" w:rsidRPr="00901D9D" w:rsidRDefault="00D117D4" w:rsidP="000D3141">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Morbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempus mi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sodales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vestibulum maximus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vestibulum.</w:t>
+      </w:r>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Duis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007828B7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00354605">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007828B7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59804AA4" w14:textId="77777777" w:rsidR="00331538" w:rsidRPr="00901D9D" w:rsidRDefault="00331538" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Listanoordenada"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aenean a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posuere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sed sit amet dui nunc. Donec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>risus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lacinia ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>scelerisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29BC6140" w14:textId="77777777" w:rsidR="00331538" w:rsidRPr="00901D9D" w:rsidRDefault="00331538" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Listanoordenada"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">lacus. Morbi ut tempus mi. </w:t>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> sodales, a malesuada ipsum porta. Nullam ac accumsan dolor. Vestibulum maximus rutrum vestibulum.</w:t>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> justo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E94499">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>diam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>egestas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>fringilla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C13E5C4" w14:textId="5DDA1FF8" w:rsidR="00C94E90" w:rsidRPr="00671BB0" w:rsidRDefault="00000000" w:rsidP="00A04B55">
+    <w:p w14:paraId="3AEBAEC4" w14:textId="738BCE81" w:rsidR="00331538" w:rsidRDefault="00331538" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="Keywordsepalabrasclave"/>
-[...63 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="ListaBullets"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00CA2652">
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Mauris vitae orci quis magna malesuada vehicula ut at felis. Cras hendrerit auctor ipsum vitae ullamcorper. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. Nullam ac accumsan dolor. Vestibulum maximus rutrum vestibulum.</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pellentesque sagittis augue in urna commodo elementum. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E94499">
+        <w:t>Aliquam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E94499">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E94499">
+        <w:t>venenatis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E94499">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E94499">
+        <w:t>eleifend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E94499">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E94499">
+        <w:t>pharetra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E94499">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007828B7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00901D9D">
+        <w:t>Vestibulum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00901D9D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00901D9D">
+        <w:t>maximus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00901D9D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00901D9D">
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00901D9D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00901D9D">
+        <w:t>vestibulum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007828B7" w:rsidRPr="00901D9D">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F091B46" w14:textId="6B866F72" w:rsidR="00856CD3" w:rsidRPr="00CA2652" w:rsidRDefault="008F00F2" w:rsidP="00A04B55">
+    <w:p w14:paraId="2942EE2A" w14:textId="17FAC86D" w:rsidR="00671A0C" w:rsidRPr="00E6220B" w:rsidRDefault="00671A0C" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="Corpodoartigo"/>
-[...373 lines deleted...]
-        <w:pStyle w:val="Figurattulo"/>
+        <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00E6220B">
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 1 – Figura do exemplo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B7793C" w14:textId="77777777" w:rsidR="00671A0C" w:rsidRPr="00E6220B" w:rsidRDefault="00671A0C" w:rsidP="00671A0C">
+    <w:p w14:paraId="07B7793C" w14:textId="77777777" w:rsidR="00671A0C" w:rsidRPr="00E6220B" w:rsidRDefault="00671A0C" w:rsidP="004D7BCD">
       <w:pPr>
         <w:pStyle w:val="Legendas"/>
+        <w:suppressAutoHyphens/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E6220B">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72D2D1EC" wp14:editId="7AD95776">
-            <wp:extent cx="2369820" cy="2369820"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72D2D1EC" wp14:editId="4F6B4692">
+            <wp:extent cx="2333625" cy="2333625"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="25" name="Gráfico 25" descr="Lâmpada"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="25" name="Lightbulb.svg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId18"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2484417" cy="2484417"/>
+                      <a:ext cx="2446466" cy="2446466"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720E4A3D" w14:textId="24B29A36" w:rsidR="00671A0C" w:rsidRPr="00CA2652" w:rsidRDefault="00671A0C" w:rsidP="00354605">
+    <w:p w14:paraId="720E4A3D" w14:textId="09100B32" w:rsidR="00671A0C" w:rsidRDefault="00671A0C" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="Figuravfonte"/>
+        <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00CA2652">
-        <w:t>Fonte: LOREM (2018).</w:t>
+        <w:t xml:space="preserve">Fonte: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12E39">
+        <w:t>Autores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2652">
+        <w:t xml:space="preserve"> (2018).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52BC5805" w14:textId="62D26F3A" w:rsidR="00A35A51" w:rsidRDefault="00A35A51" w:rsidP="00A35A51">
+    <w:p w14:paraId="28F71708" w14:textId="57DA00AC" w:rsidR="00AE06C1" w:rsidRPr="00CA2652" w:rsidRDefault="00AE06C1" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="IntroduoeSeo"/>
+        <w:pStyle w:val="RFA-Legendadeimagens"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:t>Legenda descrevendo a imagem, quadro ou tabela e seus itens, se houver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52BC5805" w14:textId="62D26F3A" w:rsidR="00A35A51" w:rsidRDefault="00A35A51" w:rsidP="00276EA0">
+      <w:pPr>
+        <w:pStyle w:val="RFA-IntroduoeSeo"/>
       </w:pPr>
       <w:r w:rsidRPr="00A35A51">
         <w:t>Seção</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C304BF" w14:textId="77777777" w:rsidR="00B04930" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00B04930">
+    <w:p w14:paraId="51C304BF" w14:textId="77777777" w:rsidR="00B04930" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="000D3141">
       <w:pPr>
-        <w:pStyle w:val="Corpodoartigo"/>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
       </w:pPr>
-      <w:r w:rsidRPr="00547937">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> quis magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> ut at felis. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>auctor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve">. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B04930">
-        <w:t>Nullam ac accumsan dolor. Vestibulum maximus rutrum vestibulum.</w:t>
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t xml:space="preserve"> dolor. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t>Vestibulum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t>maximus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t>vestibulum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04930">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="351AE432" w14:textId="2B73A835" w:rsidR="00A35A51" w:rsidRDefault="00A35A51" w:rsidP="00A35A51">
+    <w:p w14:paraId="351AE432" w14:textId="2B73A835" w:rsidR="00A35A51" w:rsidRDefault="00A35A51" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="Figurattulo"/>
+        <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A35A51">
         <w:t>Tabela 1 – T</w:t>
       </w:r>
       <w:r>
         <w:t>abela de exemplo</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabeladeLista4-nfase3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3354"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3354"/>
+        <w:gridCol w:w="3304"/>
+        <w:gridCol w:w="3304"/>
+        <w:gridCol w:w="3304"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C1866" w14:paraId="1FDE9C70" w14:textId="77777777" w:rsidTr="00822C28">
+      <w:tr w:rsidR="007C1866" w14:paraId="1FDE9C70" w14:textId="77777777" w:rsidTr="00276EA0">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10062" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="2B16AC59" w14:textId="6442BECF" w:rsidR="007C1866" w:rsidRDefault="007C1866" w:rsidP="00A35A51">
+          <w:p w14:paraId="2B16AC59" w14:textId="6442BECF" w:rsidR="007C1866" w:rsidRPr="00563322" w:rsidRDefault="007C1866" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563322">
               <w:t>Cabeçalho</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1866" w:rsidRPr="00547937" w14:paraId="07F3E722" w14:textId="77777777" w:rsidTr="00822C28">
+      <w:tr w:rsidR="007C1866" w:rsidRPr="000C7157" w14:paraId="07F3E722" w14:textId="77777777" w:rsidTr="00822C28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2440D1" w14:textId="27F92211" w:rsidR="007C1866" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+          <w:p w14:paraId="3A2440D1" w14:textId="27F92211" w:rsidR="007C1866" w:rsidRPr="000C7157" w:rsidRDefault="00B04930" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04930">
+            <w:r w:rsidRPr="000C7157">
               <w:rPr>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lorem ipsum dolor sit amet</w:t>
+              <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD75A62" w14:textId="1B9CB30E" w:rsidR="007C1866" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+          <w:p w14:paraId="1BD75A62" w14:textId="1B9CB30E" w:rsidR="007C1866" w:rsidRPr="000C7157" w:rsidRDefault="00B04930" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04930">
+            <w:r w:rsidRPr="000C7157">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lorem ipsum dolor sit amet</w:t>
+              <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB32DE1" w14:textId="658DE17F" w:rsidR="007C1866" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+          <w:p w14:paraId="2FB32DE1" w14:textId="658DE17F" w:rsidR="007C1866" w:rsidRPr="000C7157" w:rsidRDefault="00B04930" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04930">
+            <w:r w:rsidRPr="000C7157">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lorem ipsum dolor sit amet</w:t>
+              <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1866" w:rsidRPr="00547937" w14:paraId="0D71AA8E" w14:textId="77777777" w:rsidTr="00822C28">
+      <w:tr w:rsidR="007C1866" w:rsidRPr="000C7157" w14:paraId="0D71AA8E" w14:textId="77777777" w:rsidTr="00822C28">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32F6C763" w14:textId="0F10B4EF" w:rsidR="007C1866" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+          <w:p w14:paraId="32F6C763" w14:textId="0F10B4EF" w:rsidR="007C1866" w:rsidRPr="000C7157" w:rsidRDefault="00B04930" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04930">
+            <w:r w:rsidRPr="000C7157">
               <w:rPr>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lorem ipsum dolor sit amet</w:t>
+              <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="404BF81B" w14:textId="0EF9E89A" w:rsidR="007C1866" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+          <w:p w14:paraId="404BF81B" w14:textId="0EF9E89A" w:rsidR="007C1866" w:rsidRPr="000C7157" w:rsidRDefault="00B04930" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04930">
+            <w:r w:rsidRPr="000C7157">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lorem ipsum dolor sit amet</w:t>
+              <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7A072A" w14:textId="245D2321" w:rsidR="007C1866" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+          <w:p w14:paraId="3D7A072A" w14:textId="245D2321" w:rsidR="007C1866" w:rsidRPr="000C7157" w:rsidRDefault="00B04930" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04930">
+            <w:r w:rsidRPr="000C7157">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lorem ipsum dolor sit amet</w:t>
+              <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B04930" w:rsidRPr="00547937" w14:paraId="45E5968F" w14:textId="77777777" w:rsidTr="00822C28">
+      <w:tr w:rsidR="00B04930" w:rsidRPr="000C7157" w14:paraId="45E5968F" w14:textId="77777777" w:rsidTr="00822C28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="739601C6" w14:textId="241971E5" w:rsidR="00B04930" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+          <w:p w14:paraId="739601C6" w14:textId="241971E5" w:rsidR="00B04930" w:rsidRPr="000C7157" w:rsidRDefault="00B04930" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04930">
+            <w:r w:rsidRPr="000C7157">
               <w:rPr>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lorem ipsum dolor sit amet</w:t>
+              <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCEFB58" w14:textId="7F332DE9" w:rsidR="00B04930" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+          <w:p w14:paraId="5CCEFB58" w14:textId="7F332DE9" w:rsidR="00B04930" w:rsidRPr="000C7157" w:rsidRDefault="00B04930" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04930">
+            <w:r w:rsidRPr="000C7157">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lorem ipsum dolor sit amet</w:t>
+              <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8D46E6" w14:textId="1690505A" w:rsidR="00B04930" w:rsidRPr="00B04930" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+          <w:p w14:paraId="0B8D46E6" w14:textId="1690505A" w:rsidR="00B04930" w:rsidRPr="000C7157" w:rsidRDefault="00B04930" w:rsidP="00E12E39">
             <w:pPr>
-              <w:pStyle w:val="Figurattulo"/>
+              <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B04930">
+            <w:r w:rsidRPr="000C7157">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lorem ipsum dolor sit amet</w:t>
+              <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C7157">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D1AF5E4" w14:textId="7D2247DE" w:rsidR="00A35A51" w:rsidRPr="00547937" w:rsidRDefault="00B04930" w:rsidP="00A35A51">
+    <w:p w14:paraId="3D1AF5E4" w14:textId="7D2247DE" w:rsidR="00A35A51" w:rsidRPr="00547937" w:rsidRDefault="00B04930" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="Figurattulo"/>
+        <w:pStyle w:val="RFA-Ttuloefontedefiguras"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00547937">
         <w:t>Fonte: Autor (2025)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A79E857" w14:textId="3869ED2B" w:rsidR="00503B33" w:rsidRPr="003340F5" w:rsidRDefault="009A57D5" w:rsidP="005D4941">
+    <w:p w14:paraId="2A79E857" w14:textId="50BB2DF0" w:rsidR="00503B33" w:rsidRPr="003340F5" w:rsidRDefault="009A57D5" w:rsidP="00804DEE">
       <w:pPr>
-        <w:pStyle w:val="Subtitulotexto"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="RFA-ConsideraesfinaiseReferncias"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7899"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Considerações finais</w:t>
       </w:r>
+      <w:r w:rsidR="00804DEE">
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0C45DBDA" w14:textId="77777777" w:rsidR="006E5E86" w:rsidRPr="00B04930" w:rsidRDefault="006E5E86" w:rsidP="00354605">
+    <w:p w14:paraId="0C45DBDA" w14:textId="77777777" w:rsidR="006E5E86" w:rsidRPr="00224B20" w:rsidRDefault="006E5E86" w:rsidP="00563322">
       <w:pPr>
-        <w:pStyle w:val="Corpodoartigo"/>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk8657587"/>
-      <w:r w:rsidRPr="00B04930">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetur adipiscing elit. Mauris vitae orci quis magna malesuada vehicula ut at felis. </w:t>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> quis magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> ut at felis. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00B04930">
-        <w:t>Cras hendrerit auctor ipsum vitae ullamcorper. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. Nullam ac accumsan dolor. Vestibulum maximus rutrum vestibulum.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>Cras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>auctor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve"> ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:t xml:space="preserve">. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nullam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dolor. Vestibulum maximus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rutrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vestibulum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05560B3B" w14:textId="56B523E2" w:rsidR="005D4941" w:rsidRPr="00CA2652" w:rsidRDefault="006E5E86" w:rsidP="00354605">
+    <w:p w14:paraId="05560B3B" w14:textId="6E3518F8" w:rsidR="005D4941" w:rsidRPr="00563322" w:rsidRDefault="006E5E86" w:rsidP="00563322">
       <w:pPr>
-        <w:pStyle w:val="Corpodoartigo"/>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA2652">
-[...1 lines deleted...]
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Mauris vitae orci quis magna malesuada vehicula ut at felis. Cras hendrerit auctor ipsum vitae ullamcorper. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. Nullam ac accumsan dolor. Vestibulum maximus rutrum vestibulum.</w:t>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>orci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vehicula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hendrerit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auctor ipsum vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B041B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>Duis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>mollis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>tortor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>quam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> in, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>dignissim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C7157">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F832FD" w14:textId="77777777" w:rsidR="00D10093" w:rsidRPr="00CA2652" w:rsidRDefault="00D10093" w:rsidP="00354605">
+    <w:p w14:paraId="0239076E" w14:textId="74B13120" w:rsidR="00224B20" w:rsidRPr="00224B20" w:rsidRDefault="00224B20" w:rsidP="00224B20">
       <w:pPr>
-        <w:pStyle w:val="Corpodoartigo"/>
+        <w:pStyle w:val="RFA-ConsideraesfinaiseReferncias"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA2652">
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Mauris vitae orci quis magna malesuada vehicula ut at felis. Cras hendrerit auctor ipsum vitae ullamcorper. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. Nullam ac accumsan dolor. Vestibulum maximus rutrum vestibulum.</w:t>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Declaração </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>e disponibilidade de dados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224B20">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2E7981" w14:textId="67C8E7C1" w:rsidR="00D10093" w:rsidRDefault="00D10093" w:rsidP="00354605">
+    <w:p w14:paraId="60DEBEEE" w14:textId="77777777" w:rsidR="00224B20" w:rsidRDefault="00224B20" w:rsidP="00563322">
       <w:pPr>
-        <w:pStyle w:val="Corpodoartigo"/>
+        <w:pStyle w:val="RFA-Corporesumo"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA2652">
-        <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit. Mauris vitae orci quis magna malesuada vehicula ut at felis. Cras hendrerit auctor ipsum vitae ullamcorper. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. Nullam ac accumsan dolor. Vestibulum maximus rutrum vestibulum.</w:t>
+      <w:r w:rsidRPr="00224B20">
+        <w:t>O presente artigo tem como foco principal contribuições de natureza teórica ou metodológica, sem a utilização de conjuntos de dados empíricos. Dessa forma, conforme as diretrizes editoriais da revista, o artigo está isento de depósito no SciELO Data. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A22F0C0" w14:textId="397ACA1F" w:rsidR="00B04930" w:rsidRDefault="00B04930">
+    <w:p w14:paraId="6ADA0D91" w14:textId="77777777" w:rsidR="008E10E9" w:rsidRPr="008E10E9" w:rsidRDefault="008E10E9" w:rsidP="00C6416A">
+      <w:pPr>
+        <w:pStyle w:val="RFA-ConsideraesfinaiseReferncias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C6416A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Declaración de disponibilidad de datos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E583CC0" w14:textId="4A47731E" w:rsidR="008E10E9" w:rsidRPr="008E10E9" w:rsidRDefault="008E10E9" w:rsidP="008E10E9">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E10E9">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>El foco principal de este artículo son contribuciones de naturaleza teórica o metodológica, sin el uso de conjuntos de datos empíricos. Por lo tanto, de acuerdo con las directrices editoriales de la revista, el artículo está exento de ser depositado en SciELO Data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A375010" w14:textId="77777777" w:rsidR="006F7E68" w:rsidRPr="00B14BBB" w:rsidRDefault="006F7E68" w:rsidP="006F7E68">
+      <w:pPr>
+        <w:pStyle w:val="RFA-ConsideraesfinaiseReferncias"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data availability statement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465FB9FC" w14:textId="670767A0" w:rsidR="006F7E68" w:rsidRPr="009002CD" w:rsidRDefault="006F7E68" w:rsidP="006F7E68">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Corpodoartigo"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>main focus</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B14BBB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this article is contributions of a theoretical or methodological nature, without the use of empirical data sets. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009002CD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Therefore, in accordance with the journal's editorial guidelines, the article is exempt from being deposited in SciELO Data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410D3774" w14:textId="7009E1C0" w:rsidR="00244164" w:rsidRDefault="00244164">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Palatino Linotype"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F99C1C" w14:textId="68A1B156" w:rsidR="005D4941" w:rsidRPr="003340F5" w:rsidRDefault="005D4941" w:rsidP="005D4941">
+    <w:p w14:paraId="27F99C1C" w14:textId="68A1B156" w:rsidR="005D4941" w:rsidRPr="003340F5" w:rsidRDefault="005D4941" w:rsidP="00244164">
       <w:pPr>
-        <w:pStyle w:val="Subtitulotexto"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="RFA-ConsideraesfinaiseReferncias"/>
       </w:pPr>
       <w:r w:rsidRPr="003340F5">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Referências</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="014021E9" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="00354605">
+    <w:p w14:paraId="014021E9" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:pStyle w:val="RFA-Referncias"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00354605">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>[Para livro]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003151CE">
+        <w:t xml:space="preserve"> SOBRENOME, N. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3B3F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003151CE">
+        <w:t>. X ed. Local: Editora, ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1461AA42" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="004D7BCD">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00354605">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>[Para livro]</w:t>
+        <w:t>[Para capítulo de livro]</w:t>
       </w:r>
       <w:r w:rsidRPr="003151CE">
-        <w:t xml:space="preserve"> SOBRENOME, N. Título. X ed. Local: Editora, ano.</w:t>
+        <w:t xml:space="preserve"> AUTORIA DA PARTE DA OBRA. Título da parte. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE06C1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003151CE">
+        <w:t xml:space="preserve">: AUTORIA DA OBRA. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3B3F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Título da obra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003151CE">
+        <w:t>. Edição. Local: Editora, ano. Número da página inicial-final da parte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1461AA42" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="00354605">
+    <w:p w14:paraId="01CD6BD1" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="004D7BCD">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00354605">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>[Para capítulo de livro]</w:t>
+        <w:t>[Para tese/dissertação]</w:t>
       </w:r>
       <w:r w:rsidRPr="003151CE">
-        <w:t xml:space="preserve"> AUTORIA DA PARTE DA OBRA. Título da parte. In: AUTORIA DA OBRA. Título da obra. Edição. Local: Editora, ano. Número da página inicial-final da parte.</w:t>
+        <w:t xml:space="preserve"> AUTORIA. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3B3F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003151CE">
+        <w:t>. Ano de defesa. Número de folha(s) ou página(s). Tese, Dissertação, Monografia (Grau e Área) — Unidade de Ensino, Instituição, Local, ano.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CD6BD1" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="00354605">
+    <w:p w14:paraId="40ADD4A1" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="004D7BCD">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00354605">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>[Para tese/dissertação]</w:t>
+        <w:t>[Para artigo publicado em evento]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00863A2F">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003151CE">
-        <w:t xml:space="preserve"> AUTORIA. Título. Ano de defesa. Número de folha(s) ou página(s). Tese, Dissertação, Monografia (Grau e Área) — Unidade de Ensino, Instituição, Local, ano.</w:t>
+        <w:t xml:space="preserve">AUTORIA. Título do trabalho. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE06C1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003151CE">
+        <w:t>: NOME DO EVENTO, número do evento (se houver), ano de realização, Local da realização do evento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3B3F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Título... (Anais, Resumos, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C3B3F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Proceedings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C3B3F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, entre outros).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003151CE">
+        <w:t xml:space="preserve"> Local de publicação: Editora, ano de publicação. Número da página inicial-final da parte referenciada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40ADD4A1" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="00354605">
+    <w:p w14:paraId="67C30050" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="004D7BCD">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00354605">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>[Para artigo publicado em evento]</w:t>
+        <w:t>[Para artigo científico]</w:t>
       </w:r>
       <w:r w:rsidRPr="00863A2F">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003151CE">
-        <w:t>AUTORIA. Título do trabalho. In: NOME DO EVENTO, número do evento (se houver), ano de realização, Local da realização do evento. Título... (Anais, Resumos, Proceedings, entre outros). Local de publicação: Editora, ano de publicação. Número da página inicial-final da parte referenciada.</w:t>
+        <w:t xml:space="preserve">AUTORIA DO ARTIGO. Título do artigo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3B3F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Título do periódico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003151CE">
+        <w:t>, Local de publicação, número do volume, número do fascículo, número da página inicial-final do artigo, ano/data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67C30050" w14:textId="77777777" w:rsidR="003151CE" w:rsidRPr="003151CE" w:rsidRDefault="003151CE" w:rsidP="00354605">
+    <w:p w14:paraId="0AFD7DA9" w14:textId="69939155" w:rsidR="009026CD" w:rsidRDefault="00972DAF" w:rsidP="004D7BCD">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00354605">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70A23DB7" wp14:editId="5E8D30BC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>546099</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6286500" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1803352012" name="Conector reto 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks/>
+                      </wps:cNvCnPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6286500" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1">
+                              <a:lumMod val="95000"/>
+                              <a:lumOff val="5000"/>
+                            </a:schemeClr>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="03AD5DC7" id="Conector reto 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,43pt" to="495pt,43pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJ55RE4gEAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IN1E0FyzkkSC9p&#10;GzTpBzB8WERILkEylvz3XZKSkrSXouiFEPcxOzNc7S9Ha8hJhqjBdXSzWlMiHQeh3bGjPx9uPlxQ&#10;EhNzghlwsqNnGenl4f27/eBbuYUejJCBIIiL7eA72qfk26aJvJeWxRV46TCpIFiW8BqOjQhsQHRr&#10;mu16vWsGCMIH4DJGjF7XJD0UfKUkT9+VijIR01HklsoZyvmYz+awZ+0xMN9rPtFg/8DCMu1w6AJ1&#10;zRIjz0H/AWU1DxBBpRUH24BSmsuiAdVs1r+pue+Zl0ULmhP9YlP8f7D82+nK3YVMnY/u3t8Cf4po&#10;SjP42C7JfIm+lo0q2FyO3MlYjDwvRsoxEY7B3fZi93GNfvM517B2bvQhpi8SLMkfHTXaZY2sZafb&#10;mPJo1s4lOWwcGXCztp8QL98jGC1utDHlkvdEXplATgxfOI2bUmOe7VcQNfYZiUzvjGHchhqeozit&#10;LFsGKbNf4WPOuMmLKr8Ykc5GVmY/pCJaoOA6dgGqI8TTJu9XQcHK3KKQ99I06Xkr4aVpqs1tsmzy&#10;3zYu1WUiuLQ0Wu0gVBffTs3GVaqq1s+qq9Ys+xHE+S7Mq4HrWJRNv07e99f30v7ygx9+AQAA//8D&#10;AFBLAwQUAAYACAAAACEAmuPbKtwAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG70L/&#10;wzKCF7EbPYQ0ZlNEFL+g0FrwusmOSdrd2ZjdtPHfO+KhnubjHd73mWI5OSsOOITOk4LreQICqfam&#10;o0bB9v3xKgMRoiajrSdU8I0BluXsrNC58Uda42ETG8EmFHKtoI2xz6UMdYtOh7nvkVj79IPTkceh&#10;kWbQRzZ3Vt4kSSqd7ogTWt3jfYv1fjM6BR8ui0/b19R/7aR9GN9eLqvd80qpi/Pp7hZExCmejuEX&#10;n9GhZKbKj2SCsAr4kaggS7myulgk3FR/C1kW8j9++QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAJ55RE4gEAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCa49sq3AAAAAYBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" strokecolor="#0d0d0d [3069]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+                <o:lock v:ext="edit" shapetype="f"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="003151CE" w:rsidRPr="00354605">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>[Para artigo científico]</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>[Para legislação]</w:t>
       </w:r>
-      <w:r w:rsidRPr="003151CE">
+      <w:r w:rsidR="003151CE" w:rsidRPr="003151CE">
         <w:t xml:space="preserve"> JURISDIÇÃO (país, estado ou município). Órgão judiciário competente (se houver). Título e número da legislação. Dados da fonte na qual foi publicado o documento.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        </w:pict>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4956"/>
-        <w:gridCol w:w="4956"/>
+        <w:gridCol w:w="7088"/>
+        <w:gridCol w:w="2824"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00075EA3" w:rsidRPr="00354605" w14:paraId="55CBAFF4" w14:textId="77777777" w:rsidTr="006421B8">
+      <w:tr w:rsidR="00075EA3" w:rsidRPr="00354605" w14:paraId="55CBAFF4" w14:textId="77777777" w:rsidTr="00240E16">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4956" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D8B430D" w14:textId="77777777" w:rsidR="00652733" w:rsidRPr="006421B8" w:rsidRDefault="00652733" w:rsidP="00354605">
+          <w:p w14:paraId="262FB21A" w14:textId="4AA5F90A" w:rsidR="001846A8" w:rsidRPr="00240E16" w:rsidRDefault="001846A8" w:rsidP="004D7BCD">
             <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk185514401"/>
+            <w:r w:rsidRPr="00240E16">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Editores responsáveis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00240E16">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Léo Peruzzo Júnior e </w:t>
+            </w:r>
+            <w:r w:rsidR="00240E16" w:rsidRPr="00240E16">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Jelson Oliveira</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00240E16">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CCA1537" w14:textId="77777777" w:rsidR="001846A8" w:rsidRDefault="001846A8" w:rsidP="004D7BCD">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk185514401"/>
           </w:p>
-          <w:p w14:paraId="1E49F4F9" w14:textId="1B794FCA" w:rsidR="00075EA3" w:rsidRPr="006421B8" w:rsidRDefault="00DE4020" w:rsidP="00354605">
+          <w:p w14:paraId="1E49F4F9" w14:textId="7564A253" w:rsidR="00075EA3" w:rsidRPr="006421B8" w:rsidRDefault="00DE4020" w:rsidP="004D7BCD">
             <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006421B8">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">RECEBIDO: </w:t>
             </w:r>
-            <w:r w:rsidR="00F873CF">
+            <w:r w:rsidR="00563322" w:rsidRPr="006421B8">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>27</w:t>
-[...35 lines deleted...]
-              <w:t>24</w:t>
+              <w:t>XX/XX/XXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4956" w:type="dxa"/>
+            <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B9A4ADE" w14:textId="77777777" w:rsidR="00652733" w:rsidRPr="006421B8" w:rsidRDefault="00652733" w:rsidP="00354605">
+          <w:p w14:paraId="69E8A3C5" w14:textId="77777777" w:rsidR="001846A8" w:rsidRPr="00563322" w:rsidRDefault="001846A8" w:rsidP="004D7BCD">
             <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1647A683" w14:textId="1707198C" w:rsidR="00075EA3" w:rsidRPr="006421B8" w:rsidRDefault="00DE4020" w:rsidP="00354605">
+          <w:p w14:paraId="39F54744" w14:textId="77777777" w:rsidR="001846A8" w:rsidRPr="00563322" w:rsidRDefault="001846A8" w:rsidP="004D7BCD">
             <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006421B8">
+          </w:p>
+          <w:p w14:paraId="1647A683" w14:textId="6FA45E9C" w:rsidR="00075EA3" w:rsidRPr="00563322" w:rsidRDefault="00DE4020" w:rsidP="004D7BCD">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:i/>
+                <w:iCs/>
+                <w:smallCaps/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00563322">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">RECEIVED: </w:t>
             </w:r>
-            <w:r w:rsidR="00F873CF">
+            <w:r w:rsidR="00563322" w:rsidRPr="00563322">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>06/27/2024</w:t>
+              <w:t>XX/XX/XXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075EA3" w:rsidRPr="00354605" w14:paraId="04D595D0" w14:textId="77777777" w:rsidTr="006421B8">
+      <w:tr w:rsidR="00075EA3" w:rsidRPr="00354605" w14:paraId="04D595D0" w14:textId="77777777" w:rsidTr="00240E16">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4956" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0229FE9C" w14:textId="43642F46" w:rsidR="00075EA3" w:rsidRPr="006421B8" w:rsidRDefault="00DE4020" w:rsidP="00354605">
+          <w:p w14:paraId="0229FE9C" w14:textId="0E8CE2B5" w:rsidR="00075EA3" w:rsidRPr="006421B8" w:rsidRDefault="00DE4020" w:rsidP="004D7BCD">
             <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006421B8">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">APROVADO: </w:t>
             </w:r>
-            <w:r w:rsidR="00F873CF">
+            <w:r w:rsidR="00563322" w:rsidRPr="006421B8">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>28/08/2024</w:t>
+              <w:t>XX/XX/XXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4956" w:type="dxa"/>
+            <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2019476B" w14:textId="07A73C87" w:rsidR="00075EA3" w:rsidRPr="006421B8" w:rsidRDefault="00DE4020" w:rsidP="00354605">
+          <w:p w14:paraId="2019476B" w14:textId="019A6B3B" w:rsidR="00075EA3" w:rsidRPr="00563322" w:rsidRDefault="00DE4020" w:rsidP="004D7BCD">
             <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006421B8">
+            <w:r w:rsidRPr="00563322">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">APPROVED: </w:t>
             </w:r>
-            <w:r w:rsidR="00F873CF">
+            <w:r w:rsidR="00563322" w:rsidRPr="00563322">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>08/28/2024</w:t>
+              <w:t>XX/XX/XXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006421B8" w:rsidRPr="00354605" w14:paraId="6AE76C8D" w14:textId="77777777" w:rsidTr="006421B8">
+      <w:tr w:rsidR="006421B8" w:rsidRPr="00354605" w14:paraId="6AE76C8D" w14:textId="77777777" w:rsidTr="007C3E10">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4956" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="307714E7" w14:textId="28FDAF0F" w:rsidR="006421B8" w:rsidRPr="006421B8" w:rsidRDefault="006421B8" w:rsidP="00354605">
+          <w:p w14:paraId="307714E7" w14:textId="28FDAF0F" w:rsidR="006421B8" w:rsidRPr="006421B8" w:rsidRDefault="006421B8" w:rsidP="004D7BCD">
             <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006421B8">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PUBLICADO: XX/XX/XXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4956" w:type="dxa"/>
+            <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6369BF94" w14:textId="6AF3ABF3" w:rsidR="006421B8" w:rsidRPr="006421B8" w:rsidRDefault="006421B8" w:rsidP="00354605">
+          <w:p w14:paraId="6369BF94" w14:textId="6AF3ABF3" w:rsidR="006421B8" w:rsidRPr="006421B8" w:rsidRDefault="006421B8" w:rsidP="004D7BCD">
             <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006421B8">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PUBLISHED: XX/XX/XXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w14:paraId="21BC2A86" w14:textId="2312ECCD" w:rsidR="00FE2378" w:rsidRPr="00524F8D" w:rsidRDefault="00FE2378" w:rsidP="00524F8D"/>
-    <w:sectPr w:rsidR="00FE2378" w:rsidRPr="00524F8D" w:rsidSect="00EA3C28">
+    <w:p w14:paraId="21BC2A86" w14:textId="2312ECCD" w:rsidR="00FE2378" w:rsidRPr="00524F8D" w:rsidRDefault="00FE2378" w:rsidP="004D7BCD">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FE2378" w:rsidRPr="00524F8D" w:rsidSect="00E12E39">
       <w:headerReference w:type="even" r:id="rId19"/>
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:headerReference w:type="first" r:id="rId22"/>
       <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1871" w:right="992" w:bottom="1871" w:left="992" w:header="0" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1560" w:right="992" w:bottom="1871" w:left="992" w:header="0" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="340"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78B0CE33" w14:textId="77777777" w:rsidR="008D0C81" w:rsidRDefault="008D0C81" w:rsidP="00E75DB2">
+    <w:p w14:paraId="4C66B595" w14:textId="77777777" w:rsidR="005161F7" w:rsidRDefault="005161F7" w:rsidP="00E75DB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BA0CF71" w14:textId="77777777" w:rsidR="008D0C81" w:rsidRDefault="008D0C81" w:rsidP="00E75DB2">
+    <w:p w14:paraId="0A8AB62B" w14:textId="77777777" w:rsidR="005161F7" w:rsidRDefault="005161F7" w:rsidP="00E75DB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
-    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Slab">
-    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000004FF" w:usb1="8000405F" w:usb2="00000022" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adelle Rg">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000503060000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000087" w:usb1="0000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000083" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Candara">
     <w:panose1 w:val="020E0502030303020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -2732,1808 +9573,627 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="703C0A8A" w14:textId="452973D7" w:rsidR="00324465" w:rsidRPr="00F60B75" w:rsidRDefault="00547937" w:rsidP="00F60B75">
+  <w:p w14:paraId="3BBF3842" w14:textId="77777777" w:rsidR="002B152D" w:rsidRPr="0098788E" w:rsidRDefault="002B152D" w:rsidP="002B152D">
     <w:pPr>
-      <w:pStyle w:val="Rodape"/>
+      <w:pStyle w:val="RFA-Rodap"/>
     </w:pPr>
     <w:r w:rsidRPr="009D2D6A">
       <w:t>Rev. Filos.</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="009D2D6A">
-      <w:t>Aurora, Curitiba</w:t>
+      <w:t xml:space="preserve">Aurora, </w:t>
     </w:r>
     <w:r>
-      <w:t>: Editora PUCPRESS</w:t>
+      <w:t>Curitiba,</w:t>
     </w:r>
     <w:r w:rsidRPr="009D2D6A">
-      <w:t>, v. 3</w:t>
+      <w:t xml:space="preserve"> v. 3</w:t>
     </w:r>
     <w:r>
-      <w:t>7</w:t>
+      <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="009D2D6A">
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r>
-      <w:t>e2025</w:t>
-[...5 lines deleted...]
-      <w:t>,</w:t>
+      <w:t>e2026XXXXX,</w:t>
     </w:r>
     <w:r w:rsidRPr="009D2D6A">
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
-      <w:t xml:space="preserve">     </w:t>
+      <w:t xml:space="preserve">                                     </w:t>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:t>/</w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
       <w:r>
         <w:t>6</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38D11E50" w14:textId="77777777" w:rsidR="00F60B75" w:rsidRDefault="00F60B75" w:rsidP="0098788E">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="296FD5D0" w14:textId="6047C72B" w:rsidR="00F60B75" w:rsidRDefault="00F60B75" w:rsidP="00F60B75">
+  <w:p w14:paraId="296FD5D0" w14:textId="6047C72B" w:rsidR="00F60B75" w:rsidRDefault="00F60B75" w:rsidP="009A48E0">
     <w:pPr>
-      <w:pStyle w:val="NotaDeRodape"/>
+      <w:pStyle w:val="RFA-Notaderodap"/>
     </w:pPr>
     <w:r>
       <w:t>[a] Doutor e</w:t>
     </w:r>
     <w:r w:rsidR="00A04B55">
       <w:t xml:space="preserve">m XXXXXXXXX pela </w:t>
     </w:r>
     <w:r w:rsidR="00547937">
       <w:t>U</w:t>
     </w:r>
     <w:r w:rsidR="00A04B55">
       <w:t xml:space="preserve">niversidade </w:t>
     </w:r>
     <w:r w:rsidR="00547937">
       <w:t xml:space="preserve">de </w:t>
     </w:r>
     <w:r w:rsidR="008E58CB">
       <w:t>XXXXXX</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">, e-mail: </w:t>
     </w:r>
   </w:p>
+  <w:p w14:paraId="2D2A4D87" w14:textId="16035FC2" w:rsidR="00AF1558" w:rsidRDefault="00AF1558" w:rsidP="00AF1558">
+    <w:pPr>
+      <w:pStyle w:val="RFA-Notaderodap"/>
+    </w:pPr>
+    <w:r>
+      <w:t>[</w:t>
+    </w:r>
+    <w:r>
+      <w:t>b</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">] Doutor em XXXXXXXXX pela Universidade de XXXXXX, e-mail: </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0168BDBA" w14:textId="22C63852" w:rsidR="00AF1558" w:rsidRDefault="00AF1558" w:rsidP="00AF1558">
+    <w:pPr>
+      <w:pStyle w:val="RFA-Notaderodap"/>
+    </w:pPr>
+    <w:r>
+      <w:t>[</w:t>
+    </w:r>
+    <w:r>
+      <w:t>c</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">] Doutor em XXXXXXXXX pela Universidade de XXXXXX, e-mail: </w:t>
+    </w:r>
+  </w:p>
   <w:p w14:paraId="06FB6E30" w14:textId="77777777" w:rsidR="00F60B75" w:rsidRPr="00CA2652" w:rsidRDefault="00F60B75" w:rsidP="0098788E">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5CB8C9B3" w14:textId="767189B6" w:rsidR="00ED7F12" w:rsidRPr="0098788E" w:rsidRDefault="00547937" w:rsidP="00F60B75">
+  <w:p w14:paraId="5CB8C9B3" w14:textId="2E340C4F" w:rsidR="00ED7F12" w:rsidRPr="0098788E" w:rsidRDefault="00547937" w:rsidP="009A48E0">
     <w:pPr>
-      <w:pStyle w:val="Rodape"/>
+      <w:pStyle w:val="RFA-Rodap"/>
     </w:pPr>
     <w:r w:rsidRPr="009D2D6A">
       <w:t>Rev. Filos.</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="009D2D6A">
-      <w:t>Aurora, Curitiba</w:t>
+      <w:t xml:space="preserve">Aurora, </w:t>
     </w:r>
-    <w:r>
-      <w:t>: Editora PUCPRESS</w:t>
+    <w:r w:rsidR="002B152D">
+      <w:t>Curitiba,</w:t>
     </w:r>
     <w:r w:rsidRPr="009D2D6A">
-      <w:t>, v. 3</w:t>
+      <w:t xml:space="preserve"> v. 3</w:t>
     </w:r>
-    <w:r>
-      <w:t>7</w:t>
+    <w:r w:rsidR="002B152D">
+      <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="009D2D6A">
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r>
-      <w:t>e2025</w:t>
+      <w:t>e202</w:t>
     </w:r>
-    <w:r w:rsidRPr="00ED3DED">
-      <w:t>31967</w:t>
+    <w:r w:rsidR="00244164">
+      <w:t>6XXXXX</w:t>
     </w:r>
     <w:r>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="009D2D6A">
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
-    <w:r>
-      <w:t>5</w:t>
+    <w:r w:rsidR="00244164">
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">     </w:t>
+    </w:r>
+    <w:r w:rsidR="002B152D">
+      <w:t xml:space="preserve">                                </w:t>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0098788E">
       <w:t>/</w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
       <w:r>
         <w:t>24</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53D90739" w14:textId="77777777" w:rsidR="008D0C81" w:rsidRDefault="008D0C81" w:rsidP="00E75DB2">
+    <w:p w14:paraId="79CE3E5F" w14:textId="77777777" w:rsidR="005161F7" w:rsidRDefault="005161F7" w:rsidP="00E75DB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67959C6D" w14:textId="77777777" w:rsidR="008D0C81" w:rsidRDefault="008D0C81" w:rsidP="00E75DB2">
+    <w:p w14:paraId="250BF670" w14:textId="77777777" w:rsidR="005161F7" w:rsidRDefault="005161F7" w:rsidP="00E75DB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="1F6E52E4" w14:textId="77777777" w:rsidR="008F00F2" w:rsidRPr="00CA2652" w:rsidRDefault="008F00F2" w:rsidP="00A04B55">
+    <w:p w14:paraId="1F6E52E4" w14:textId="77777777" w:rsidR="008F00F2" w:rsidRPr="000D3141" w:rsidRDefault="008F00F2" w:rsidP="000D3141">
       <w:pPr>
-        <w:pStyle w:val="NotaDeRodape"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="RFA-Notaderodap"/>
       </w:pPr>
-      <w:r w:rsidRPr="00792812">
+      <w:r w:rsidRPr="000D3141">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00CA2652">
-[...359 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000C7157">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lorem ipsum dolor sit amet, consectetur adipiscing elit. Mauris vitae orci quis magna malesuada vehicula ut at felis. Cras hendrerit auctor ipsum vitae ullamcorper. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3141">
         <w:t>Nullam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CA2652">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000D3141">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CA2652">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000D3141">
         <w:t>accumsan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CA2652">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000D3141">
+        <w:t xml:space="preserve"> dolor. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3141">
+        <w:t>Vestibulum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3141">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3141">
+        <w:t>maximus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3141">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3141">
         <w:t>rutrum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CA2652">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> vestibulum.</w:t>
+      <w:r w:rsidRPr="000D3141">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3141">
+        <w:t>vestibulum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3141">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="666EACA6" w14:textId="77777777" w:rsidR="008F00F2" w:rsidRPr="00CA2652" w:rsidRDefault="008F00F2" w:rsidP="00A04B55">
+    <w:p w14:paraId="2C66B6A4" w14:textId="77777777" w:rsidR="00176C63" w:rsidRPr="00901D9D" w:rsidRDefault="00176C63" w:rsidP="007828B7">
       <w:pPr>
-        <w:pStyle w:val="NotaDeRodape"/>
+        <w:pStyle w:val="RFA-Notaderodap"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00792812">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00CA2652">
-[...431 lines deleted...]
-        <w:t xml:space="preserve"> nunc.</w:t>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amet, consectetur adipiscing elit. Mauris vitae orci quis magna malesuada vehicula ut at felis. Cras hendrerit auctor ipsum vitae ullamcorper. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. Nullam ac accumsan dolor. Vestibulum maximus rutrum vestibulum.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="2C66B6A4" w14:textId="77777777" w:rsidR="00176C63" w:rsidRPr="00CA2652" w:rsidRDefault="00176C63" w:rsidP="00354605">
+    <w:p w14:paraId="7E9C58DC" w14:textId="77777777" w:rsidR="00331538" w:rsidRPr="00773FEE" w:rsidRDefault="00331538" w:rsidP="004D7BCD">
       <w:pPr>
-        <w:pStyle w:val="NotaDeRodape"/>
+        <w:pStyle w:val="RFA-Notaderodap"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00CA2652">
-[...466 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00901D9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lorem ipsum dolor sit amet, consectetur adipiscing elit. Mauris vitae orci quis magna malesuada vehicula ut at felis. Cras hendrerit auctor ipsum vitae ullamcorper. Duis mollis tortor tincidunt, laoreet quam in, dignissim lacus. Morbi ut tempus mi. Praesent laoreet magna eu felis sodales, a malesuada ipsum porta. Nullam ac accumsan dolor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00773FEE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Vestibulum maximus rutrum vestibulum.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="36885338" w14:textId="7114C7FB" w:rsidR="00723808" w:rsidRPr="00CA2652" w:rsidRDefault="00723808">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00CA2652">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
-      <w:t>Titulo do artigo no primeiro idioma</w:t>
+      <w:t>Titulo</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00CA2652">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> do artigo no primeiro idioma</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabelacomgrade"/>
       <w:tblW w:w="10047" w:type="dxa"/>
       <w:tblInd w:w="-16" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7387"/>
       <w:gridCol w:w="2660"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00516095" w14:paraId="71A326CE" w14:textId="77777777" w:rsidTr="00547937">
+    <w:tr w:rsidR="00516095" w14:paraId="71A326CE" w14:textId="77777777" w:rsidTr="00563322">
       <w:trPr>
         <w:trHeight w:val="1007"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7387" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="300E241A" w14:textId="41715589" w:rsidR="00516095" w:rsidRPr="00516095" w:rsidRDefault="00A35A51" w:rsidP="00516095">
+        <w:p w14:paraId="300E241A" w14:textId="41715589" w:rsidR="00516095" w:rsidRPr="00E958CE" w:rsidRDefault="00A35A51" w:rsidP="009A48E0">
           <w:pPr>
-            <w:pStyle w:val="CabecalhoPaginas"/>
-[...1 lines deleted...]
-            <w:jc w:val="left"/>
+            <w:pStyle w:val="RFA-Cabealhodaspginas"/>
             <w:rPr>
-              <w:lang w:val="pt-BR"/>
+              <w:rFonts w:cs="Open Sans"/>
             </w:rPr>
           </w:pPr>
           <w:bookmarkStart w:id="3" w:name="_Hlk185511947"/>
-          <w:r>
+          <w:r w:rsidRPr="00E958CE">
             <w:rPr>
-              <w:lang w:val="pt-BR"/>
+              <w:rFonts w:cs="Open Sans"/>
             </w:rPr>
             <w:t>Título do Artigo</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2660" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tcPr>
-        <w:p w14:paraId="298BC221" w14:textId="222CCB4D" w:rsidR="00516095" w:rsidRPr="00516095" w:rsidRDefault="00547937" w:rsidP="00516095">
+        <w:p w14:paraId="298BC221" w14:textId="1FEFC8DC" w:rsidR="00516095" w:rsidRPr="00516095" w:rsidRDefault="00A11DBE" w:rsidP="00516095">
           <w:pPr>
             <w:pStyle w:val="CabecalhoPaginas"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A0CE635" wp14:editId="7A1EC070">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A0CE635" wp14:editId="553381E6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>795020</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>290195</wp:posOffset>
+                  <wp:posOffset>223520</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="200025" cy="200025"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
-                <wp:docPr id="480962122" name="Imagem 2" descr="Forma&#10;&#10;Descrição gerada automaticamente com confiança baixa">
+                <wp:docPr id="1873048360" name="Imagem 2" descr="Forma&#10;&#10;Descrição gerada automaticamente com confiança baixa">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId1"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="480962122" name="Imagem 2" descr="Forma&#10;&#10;Descrição gerada automaticamente com confiança baixa">
+                        <pic:cNvPr id="1873048360" name="Imagem 2" descr="Forma&#10;&#10;Descrição gerada automaticamente com confiança baixa">
                           <a:hlinkClick r:id="rId1"/>
                         </pic:cNvPr>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="200025" cy="200025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
           <w:r w:rsidRPr="004A1CD1">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="641C5203" wp14:editId="3A1272B8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="641C5203" wp14:editId="4EAB668D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1082040</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>290195</wp:posOffset>
+                  <wp:posOffset>194945</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="472440" cy="242570"/>
                 <wp:effectExtent l="57150" t="57150" r="41910" b="43180"/>
                 <wp:wrapNone/>
-                <wp:docPr id="664823894" name="Imagem 664823894" descr="Desenho de um círculo&#10;&#10;Descrição gerada automaticamente com confiança média">
+                <wp:docPr id="1430335434" name="Imagem 1430335434" descr="Desenho de um círculo&#10;&#10;Descrição gerada automaticamente com confiança média">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId3"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="664823894" name="Imagem 664823894" descr="Desenho de um círculo&#10;&#10;Descrição gerada automaticamente com confiança média">
                           <a:hlinkClick r:id="rId3"/>
                         </pic:cNvPr>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill rotWithShape="1">
                         <a:blip r:embed="rId4" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect l="2429" t="6706" r="33532"/>
                         <a:stretch/>
                       </pic:blipFill>
@@ -4567,168 +10227,156 @@
                           <a:contourClr>
                             <a:srgbClr val="C0C0C0"/>
                           </a:contourClr>
                         </a:sp3d>
                         <a:extLst>
                           <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                             <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                           </a:ext>
                         </a:extLst>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00516095" w14:paraId="453D84CC" w14:textId="77777777" w:rsidTr="00547937">
+    <w:tr w:rsidR="00516095" w14:paraId="453D84CC" w14:textId="77777777" w:rsidTr="00563322">
       <w:trPr>
         <w:trHeight w:val="80"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7387" w:type="dxa"/>
           <w:tcBorders>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="1B149D3B" w14:textId="77777777" w:rsidR="00516095" w:rsidRPr="00516095" w:rsidRDefault="00516095" w:rsidP="00516095">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:szCs w:val="20"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2660" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
         </w:tcPr>
         <w:p w14:paraId="00E0A599" w14:textId="41C3364A" w:rsidR="00516095" w:rsidRPr="00516095" w:rsidRDefault="00516095" w:rsidP="00516095">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:szCs w:val="20"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="3"/>
   </w:tbl>
   <w:p w14:paraId="6BD634FA" w14:textId="505644B6" w:rsidR="00BA0E53" w:rsidRPr="00CA2652" w:rsidRDefault="00BA0E53" w:rsidP="00D537CB">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="77542523" w14:textId="7F9C22BC" w:rsidR="00CA2652" w:rsidRDefault="00CA2652" w:rsidP="00CA2652">
+  <w:p w14:paraId="77542523" w14:textId="7F9C22BC" w:rsidR="00CA2652" w:rsidRPr="00E958CE" w:rsidRDefault="00CA2652" w:rsidP="00CA2652">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="4" w:name="_Hlk185519258"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk185519259"/>
   </w:p>
-  <w:p w14:paraId="7221B04A" w14:textId="6DE33A79" w:rsidR="00CA2652" w:rsidRDefault="00CA2652" w:rsidP="00CA2652">
+  <w:p w14:paraId="7221B04A" w14:textId="6DE33A79" w:rsidR="00CA2652" w:rsidRPr="00E958CE" w:rsidRDefault="00CA2652" w:rsidP="00CA2652">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4FDD3CEA" w14:textId="1F2286CF" w:rsidR="00CA2652" w:rsidRPr="005D64C4" w:rsidRDefault="00CA2652" w:rsidP="00CA2652">
+  <w:p w14:paraId="4FDD3CEA" w14:textId="1F2286CF" w:rsidR="00CA2652" w:rsidRPr="00E958CE" w:rsidRDefault="00CA2652" w:rsidP="009A48E0">
     <w:pPr>
-      <w:pStyle w:val="Cabealho"/>
+      <w:pStyle w:val="RFA-Cabealhodaprimeirapgina"/>
       <w:rPr>
-        <w:b/>
-[...1 lines deleted...]
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E255FA">
-[...6 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="00E958CE">
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DC2045F" wp14:editId="745427CB">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DC2045F" wp14:editId="0DAFF89E">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>5719445</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>5891428</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>41910</wp:posOffset>
+            <wp:posOffset>70866</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="472440" cy="242570"/>
-          <wp:effectExtent l="57150" t="57150" r="41910" b="43180"/>
+          <wp:effectExtent l="57150" t="57150" r="60960" b="62230"/>
           <wp:wrapNone/>
-          <wp:docPr id="1590788760" name="Imagem 1590788760" descr="Desenho de um círculo&#10;&#10;Descrição gerada automaticamente com confiança média">
+          <wp:docPr id="676432475" name="Imagem 676432475" descr="Desenho de um círculo&#10;&#10;Descrição gerada automaticamente com confiança média">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId1"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1590788760" name="Imagem 1590788760" descr="Desenho de um círculo&#10;&#10;Descrição gerada automaticamente com confiança média">
                     <a:hlinkClick r:id="rId1"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId2" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect l="2429" t="6706" r="33532"/>
                   <a:stretch/>
                 </pic:blipFill>
@@ -4759,113 +10407,110 @@
                     </a:lightRig>
                   </a:scene3d>
                   <a:sp3d>
                     <a:contourClr>
                       <a:srgbClr val="C0C0C0"/>
                     </a:contourClr>
                   </a:sp3d>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="005D64C4">
+    <w:r w:rsidRPr="00E958CE">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
-        <w:b/>
-[...1 lines deleted...]
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>ISSN 2965-1557</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7576B412" w14:textId="69D2A797" w:rsidR="00CA2652" w:rsidRPr="00516095" w:rsidRDefault="00CA2652" w:rsidP="00CA2652">
+  <w:p w14:paraId="7576B412" w14:textId="6CEF6ADC" w:rsidR="00CA2652" w:rsidRPr="00E958CE" w:rsidRDefault="00244164" w:rsidP="00CA2652">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId3" w:history="1">
-      <w:r w:rsidRPr="005D64C4">
+      <w:r w:rsidRPr="00E958CE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>http://doi.org/10.1590/2965-1557.037.e2025XXXXX</w:t>
+        <w:t>http://doi.org/10.1590/2965-1557.038.e2026XXXXX</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
-  <w:p w14:paraId="2C6E8359" w14:textId="0A9A8806" w:rsidR="005D64C4" w:rsidRPr="00516095" w:rsidRDefault="00516095" w:rsidP="00CA2652">
+  <w:p w14:paraId="2C6E8359" w14:textId="0A9A8806" w:rsidR="005D64C4" w:rsidRPr="00E958CE" w:rsidRDefault="00516095" w:rsidP="00CA2652">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00E958CE">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BAAB34B" wp14:editId="220C5C88">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BAAB34B" wp14:editId="465873B6">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>5939790</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>6103086</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>43815</wp:posOffset>
+            <wp:posOffset>58420</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="256382" cy="183515"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6985"/>
           <wp:wrapNone/>
-          <wp:docPr id="72297383" name="Imagem 1" descr="Logotipo&#10;&#10;Descrição gerada automaticamente com confiança média">
+          <wp:docPr id="1519787374" name="Imagem 1" descr="Logotipo&#10;&#10;Descrição gerada automaticamente com confiança média">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId4"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="72297383" name="Imagem 1" descr="Logotipo&#10;&#10;Descrição gerada automaticamente com confiança média">
                     <a:hlinkClick r:id="rId4"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId5">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
@@ -4877,91 +10522,125 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="256382" cy="183515"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="090564C5" w14:textId="1E935075" w:rsidR="005D64C4" w:rsidRPr="005D64C4" w:rsidRDefault="005D64C4" w:rsidP="00CA2652">
+  <w:p w14:paraId="090564C5" w14:textId="1E935075" w:rsidR="005D64C4" w:rsidRPr="00E958CE" w:rsidRDefault="005D64C4" w:rsidP="00CA2652">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="005A6D3C">
+    <w:r w:rsidRPr="00E958CE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>Artigo</w:t>
     </w:r>
-    <w:r w:rsidRPr="005A6D3C">
+    <w:r w:rsidRPr="00E958CE">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve"> científico</w:t>
+      <w:t xml:space="preserve"> científico/</w:t>
     </w:r>
-    <w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00E958CE">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
-      <w:t>/Scientific article/Artículo científico</w:t>
+      <w:t>Scientific</w:t>
     </w:r>
-    <w:r w:rsidR="00516095">
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00E958CE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00E958CE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>article</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00E958CE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>/Artículo científico</w:t>
+    </w:r>
+    <w:r w:rsidR="00516095" w:rsidRPr="00E958CE">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="65E71949" w14:textId="77777777" w:rsidR="00CA2652" w:rsidRPr="005D64C4" w:rsidRDefault="00CA2652" w:rsidP="00CA2652">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:bookmarkEnd w:id="4"/>
   <w:bookmarkEnd w:id="5"/>
   <w:p w14:paraId="19A12905" w14:textId="2A96D41D" w:rsidR="00C2608D" w:rsidRPr="00CA2652" w:rsidRDefault="00C2608D" w:rsidP="00CA2652">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
@@ -4972,52 +10651,52 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A50E927E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numerada"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09D3221F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="906E4134"/>
-    <w:lvl w:ilvl="0" w:tplc="DE749292">
+    <w:tmpl w:val="CB12FA28"/>
+    <w:lvl w:ilvl="0" w:tplc="989864A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListaNumerada"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1639" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2359" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3079" w:hanging="180"/>
@@ -5260,52 +10939,52 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24145977"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FECC5D22"/>
-    <w:lvl w:ilvl="0" w:tplc="DFCC330C">
+    <w:tmpl w:val="AB460A5A"/>
+    <w:lvl w:ilvl="0" w:tplc="617C357A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListaBullets"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
@@ -5372,50 +11051,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29392FFC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36443F02"/>
+    <w:lvl w:ilvl="0" w:tplc="BF9A1A9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4AD2DE8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E3A264C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4078AD86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8A5C820A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="32B81BFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A2BC844C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="00D6730A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E624B638">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CD821CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CA409F8"/>
     <w:lvl w:ilvl="0" w:tplc="E6363AE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5457,51 +11222,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35554CB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5869B9C"/>
     <w:lvl w:ilvl="0" w:tplc="1604E528">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullettexto"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5571,51 +11336,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47CE5AAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9D2E156"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5684,51 +11449,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56B46DFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E940BF56"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1639" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2359" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5771,485 +11536,619 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5959" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6679" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7399" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1730108749">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="671566362">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="998465593">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2146196962">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="263074725">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1400128969">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="820387270">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="811950014">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1358699500">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="974139077">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="111558366">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:consecutiveHyphenLimit w:val="2"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2054"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D54A5"/>
     <w:rsid w:val="00000C9D"/>
+    <w:rsid w:val="0000341C"/>
     <w:rsid w:val="000303C0"/>
     <w:rsid w:val="00037AB4"/>
     <w:rsid w:val="0004559D"/>
     <w:rsid w:val="00071C7B"/>
+    <w:rsid w:val="000756B6"/>
     <w:rsid w:val="00075EA3"/>
     <w:rsid w:val="00081F0A"/>
+    <w:rsid w:val="00083B8A"/>
     <w:rsid w:val="00092C29"/>
     <w:rsid w:val="00093C24"/>
+    <w:rsid w:val="00095DAD"/>
     <w:rsid w:val="000A1CBE"/>
+    <w:rsid w:val="000A7DB2"/>
     <w:rsid w:val="000B171F"/>
     <w:rsid w:val="000B1DAD"/>
     <w:rsid w:val="000B1F87"/>
     <w:rsid w:val="000B7C76"/>
+    <w:rsid w:val="000C3ECD"/>
+    <w:rsid w:val="000C7157"/>
+    <w:rsid w:val="000D3141"/>
     <w:rsid w:val="000E67B2"/>
     <w:rsid w:val="000F0801"/>
+    <w:rsid w:val="001027CE"/>
+    <w:rsid w:val="00102F85"/>
     <w:rsid w:val="00115CB1"/>
     <w:rsid w:val="00125083"/>
     <w:rsid w:val="00126A3A"/>
     <w:rsid w:val="00130C5F"/>
     <w:rsid w:val="001320DE"/>
+    <w:rsid w:val="00134458"/>
     <w:rsid w:val="00137497"/>
     <w:rsid w:val="00141CF0"/>
     <w:rsid w:val="00142464"/>
+    <w:rsid w:val="00143CB9"/>
     <w:rsid w:val="00146355"/>
     <w:rsid w:val="00164EF3"/>
     <w:rsid w:val="001669C7"/>
     <w:rsid w:val="00176C63"/>
+    <w:rsid w:val="001846A8"/>
+    <w:rsid w:val="001965CD"/>
     <w:rsid w:val="001B4FA4"/>
     <w:rsid w:val="001C284B"/>
+    <w:rsid w:val="001C7A4D"/>
     <w:rsid w:val="001F299A"/>
+    <w:rsid w:val="001F57EA"/>
+    <w:rsid w:val="00212F3A"/>
     <w:rsid w:val="00215331"/>
     <w:rsid w:val="002164B5"/>
+    <w:rsid w:val="00216EF3"/>
     <w:rsid w:val="002179E2"/>
+    <w:rsid w:val="00221333"/>
     <w:rsid w:val="00223E1B"/>
+    <w:rsid w:val="00224B20"/>
     <w:rsid w:val="002273AD"/>
+    <w:rsid w:val="00240E16"/>
+    <w:rsid w:val="00244164"/>
     <w:rsid w:val="00252F15"/>
+    <w:rsid w:val="0025546E"/>
     <w:rsid w:val="00262F32"/>
+    <w:rsid w:val="002630D6"/>
     <w:rsid w:val="002640C5"/>
     <w:rsid w:val="00271985"/>
+    <w:rsid w:val="00276EA0"/>
     <w:rsid w:val="002774DA"/>
     <w:rsid w:val="00290198"/>
+    <w:rsid w:val="002934FE"/>
     <w:rsid w:val="0029798F"/>
     <w:rsid w:val="002A2F75"/>
+    <w:rsid w:val="002A5E39"/>
+    <w:rsid w:val="002B041B"/>
+    <w:rsid w:val="002B152D"/>
     <w:rsid w:val="002B7C22"/>
     <w:rsid w:val="002C229F"/>
     <w:rsid w:val="002C5FCC"/>
+    <w:rsid w:val="002C6236"/>
     <w:rsid w:val="002D368B"/>
     <w:rsid w:val="002D54A5"/>
     <w:rsid w:val="002E0797"/>
     <w:rsid w:val="00307A04"/>
     <w:rsid w:val="003151CE"/>
     <w:rsid w:val="00317AF4"/>
     <w:rsid w:val="00324465"/>
     <w:rsid w:val="00331538"/>
     <w:rsid w:val="003335C7"/>
     <w:rsid w:val="003340F5"/>
     <w:rsid w:val="00352A94"/>
+    <w:rsid w:val="00352FF3"/>
     <w:rsid w:val="00354605"/>
     <w:rsid w:val="00356CF4"/>
     <w:rsid w:val="00383D4A"/>
     <w:rsid w:val="00385916"/>
     <w:rsid w:val="00394928"/>
     <w:rsid w:val="003A04AA"/>
+    <w:rsid w:val="003A2EFF"/>
+    <w:rsid w:val="003B2C0F"/>
+    <w:rsid w:val="003B3BAD"/>
     <w:rsid w:val="003C2C94"/>
     <w:rsid w:val="003C3CA7"/>
     <w:rsid w:val="003C7E1B"/>
     <w:rsid w:val="003D2ECE"/>
     <w:rsid w:val="003F32D3"/>
     <w:rsid w:val="00403755"/>
     <w:rsid w:val="0040382C"/>
     <w:rsid w:val="00406080"/>
+    <w:rsid w:val="00411EC2"/>
     <w:rsid w:val="0041201D"/>
+    <w:rsid w:val="004123C1"/>
     <w:rsid w:val="00420D5D"/>
     <w:rsid w:val="00433594"/>
     <w:rsid w:val="004363A7"/>
     <w:rsid w:val="0043703B"/>
     <w:rsid w:val="00440834"/>
+    <w:rsid w:val="00441EA4"/>
+    <w:rsid w:val="00443ABA"/>
+    <w:rsid w:val="00443BB4"/>
     <w:rsid w:val="0044601A"/>
     <w:rsid w:val="00453270"/>
+    <w:rsid w:val="00453887"/>
     <w:rsid w:val="00454511"/>
+    <w:rsid w:val="0046076C"/>
     <w:rsid w:val="004617BB"/>
     <w:rsid w:val="004663EB"/>
+    <w:rsid w:val="0047299B"/>
     <w:rsid w:val="00472F45"/>
     <w:rsid w:val="0048153B"/>
+    <w:rsid w:val="00482A61"/>
     <w:rsid w:val="00486088"/>
     <w:rsid w:val="004903B4"/>
     <w:rsid w:val="004A1CD1"/>
     <w:rsid w:val="004A2E23"/>
     <w:rsid w:val="004A50B6"/>
     <w:rsid w:val="004B1D57"/>
     <w:rsid w:val="004B7EEE"/>
     <w:rsid w:val="004C08C5"/>
     <w:rsid w:val="004C55E7"/>
+    <w:rsid w:val="004D2A45"/>
     <w:rsid w:val="004D3672"/>
+    <w:rsid w:val="004D7BCD"/>
+    <w:rsid w:val="004E5C0D"/>
     <w:rsid w:val="004F0E18"/>
     <w:rsid w:val="004F1DAB"/>
+    <w:rsid w:val="004F31D0"/>
     <w:rsid w:val="00503B33"/>
     <w:rsid w:val="00515B0C"/>
     <w:rsid w:val="00516095"/>
+    <w:rsid w:val="005161F7"/>
     <w:rsid w:val="00524D6B"/>
     <w:rsid w:val="00524F8D"/>
     <w:rsid w:val="00534F0F"/>
     <w:rsid w:val="0053612E"/>
     <w:rsid w:val="005406DE"/>
     <w:rsid w:val="00547937"/>
     <w:rsid w:val="00554E55"/>
+    <w:rsid w:val="005559F1"/>
+    <w:rsid w:val="00563322"/>
     <w:rsid w:val="00567DF8"/>
     <w:rsid w:val="005717BA"/>
     <w:rsid w:val="00572E77"/>
+    <w:rsid w:val="005751F9"/>
     <w:rsid w:val="005770E2"/>
     <w:rsid w:val="00582FA8"/>
     <w:rsid w:val="00585A6A"/>
     <w:rsid w:val="00586259"/>
     <w:rsid w:val="00593137"/>
+    <w:rsid w:val="005B1D77"/>
+    <w:rsid w:val="005B5239"/>
     <w:rsid w:val="005C1EA1"/>
     <w:rsid w:val="005C4F65"/>
     <w:rsid w:val="005C5E8F"/>
     <w:rsid w:val="005D4941"/>
     <w:rsid w:val="005D64C4"/>
+    <w:rsid w:val="005E3702"/>
     <w:rsid w:val="005E4B1C"/>
     <w:rsid w:val="005F0AFD"/>
     <w:rsid w:val="005F103A"/>
+    <w:rsid w:val="00616F34"/>
     <w:rsid w:val="006221D3"/>
     <w:rsid w:val="00622BEC"/>
     <w:rsid w:val="00624D7F"/>
     <w:rsid w:val="00626AEB"/>
     <w:rsid w:val="006421B8"/>
     <w:rsid w:val="00652733"/>
     <w:rsid w:val="00666EFA"/>
     <w:rsid w:val="00671A0C"/>
     <w:rsid w:val="00671BB0"/>
     <w:rsid w:val="00685E05"/>
     <w:rsid w:val="006A46A8"/>
     <w:rsid w:val="006B0E94"/>
     <w:rsid w:val="006B416D"/>
     <w:rsid w:val="006B6E66"/>
     <w:rsid w:val="006C5FB7"/>
     <w:rsid w:val="006C6B52"/>
     <w:rsid w:val="006D21AB"/>
     <w:rsid w:val="006E5E86"/>
+    <w:rsid w:val="006F7E68"/>
     <w:rsid w:val="00704030"/>
+    <w:rsid w:val="00715FCE"/>
     <w:rsid w:val="00723808"/>
     <w:rsid w:val="00733E38"/>
     <w:rsid w:val="00735026"/>
+    <w:rsid w:val="007378F5"/>
     <w:rsid w:val="00753F90"/>
     <w:rsid w:val="0075779F"/>
+    <w:rsid w:val="00773FEE"/>
     <w:rsid w:val="00777485"/>
+    <w:rsid w:val="007828B7"/>
     <w:rsid w:val="00792812"/>
     <w:rsid w:val="007968F0"/>
     <w:rsid w:val="007A2BF1"/>
     <w:rsid w:val="007A5244"/>
     <w:rsid w:val="007A58CD"/>
     <w:rsid w:val="007B05A0"/>
     <w:rsid w:val="007C1866"/>
     <w:rsid w:val="007C2405"/>
+    <w:rsid w:val="007C3B3F"/>
+    <w:rsid w:val="007C3E10"/>
     <w:rsid w:val="007C3ED7"/>
+    <w:rsid w:val="007D32C5"/>
     <w:rsid w:val="007D4CCF"/>
     <w:rsid w:val="007D7A4A"/>
     <w:rsid w:val="007F18C0"/>
     <w:rsid w:val="00800C00"/>
     <w:rsid w:val="00802BB8"/>
+    <w:rsid w:val="00804DEE"/>
     <w:rsid w:val="00805631"/>
     <w:rsid w:val="00805BA9"/>
     <w:rsid w:val="00812897"/>
+    <w:rsid w:val="00813309"/>
     <w:rsid w:val="0081484F"/>
     <w:rsid w:val="00820527"/>
     <w:rsid w:val="00821F1C"/>
     <w:rsid w:val="00822C28"/>
+    <w:rsid w:val="00827671"/>
+    <w:rsid w:val="00830921"/>
     <w:rsid w:val="00833CDF"/>
     <w:rsid w:val="00837169"/>
     <w:rsid w:val="00837BBF"/>
     <w:rsid w:val="00842C8C"/>
+    <w:rsid w:val="00854890"/>
     <w:rsid w:val="00856CD3"/>
     <w:rsid w:val="008570BF"/>
     <w:rsid w:val="00863A2F"/>
     <w:rsid w:val="00871BF1"/>
     <w:rsid w:val="00872827"/>
     <w:rsid w:val="00876479"/>
+    <w:rsid w:val="00880504"/>
+    <w:rsid w:val="00881F9B"/>
     <w:rsid w:val="00883818"/>
     <w:rsid w:val="00884212"/>
     <w:rsid w:val="00891011"/>
     <w:rsid w:val="00891F66"/>
     <w:rsid w:val="00894428"/>
     <w:rsid w:val="008A1B8F"/>
     <w:rsid w:val="008B0D1B"/>
     <w:rsid w:val="008B3529"/>
     <w:rsid w:val="008C0887"/>
     <w:rsid w:val="008C6D8E"/>
     <w:rsid w:val="008D0C81"/>
     <w:rsid w:val="008D2716"/>
     <w:rsid w:val="008D3678"/>
     <w:rsid w:val="008D41F8"/>
+    <w:rsid w:val="008E10E9"/>
     <w:rsid w:val="008E58CB"/>
     <w:rsid w:val="008F00F2"/>
     <w:rsid w:val="008F5BC0"/>
     <w:rsid w:val="008F6441"/>
     <w:rsid w:val="008F764D"/>
+    <w:rsid w:val="009002CD"/>
+    <w:rsid w:val="00901D9D"/>
     <w:rsid w:val="00902532"/>
     <w:rsid w:val="009026CD"/>
     <w:rsid w:val="0090379E"/>
+    <w:rsid w:val="00911527"/>
+    <w:rsid w:val="00921103"/>
     <w:rsid w:val="00924F14"/>
     <w:rsid w:val="0092566E"/>
     <w:rsid w:val="00931440"/>
     <w:rsid w:val="0093535C"/>
     <w:rsid w:val="00945980"/>
     <w:rsid w:val="00955819"/>
     <w:rsid w:val="00955E23"/>
     <w:rsid w:val="0095709F"/>
+    <w:rsid w:val="00966B21"/>
     <w:rsid w:val="00967719"/>
+    <w:rsid w:val="00972DAF"/>
     <w:rsid w:val="00973DF4"/>
     <w:rsid w:val="00973F7B"/>
+    <w:rsid w:val="009772D0"/>
     <w:rsid w:val="00981B0B"/>
     <w:rsid w:val="00986C49"/>
     <w:rsid w:val="0098788E"/>
+    <w:rsid w:val="00997167"/>
+    <w:rsid w:val="009A475F"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rsid w:val="009A57D5"/>
     <w:rsid w:val="009B57C7"/>
     <w:rsid w:val="009C18CC"/>
     <w:rsid w:val="009E1B05"/>
     <w:rsid w:val="009E1E55"/>
     <w:rsid w:val="009E307C"/>
+    <w:rsid w:val="009E5246"/>
     <w:rsid w:val="009F5926"/>
     <w:rsid w:val="009F6114"/>
+    <w:rsid w:val="009F741B"/>
+    <w:rsid w:val="009F7B0C"/>
     <w:rsid w:val="00A028D7"/>
     <w:rsid w:val="00A04B55"/>
+    <w:rsid w:val="00A11DBE"/>
     <w:rsid w:val="00A156FB"/>
+    <w:rsid w:val="00A16877"/>
     <w:rsid w:val="00A22B54"/>
     <w:rsid w:val="00A32FA0"/>
     <w:rsid w:val="00A35A51"/>
     <w:rsid w:val="00A37559"/>
     <w:rsid w:val="00A40608"/>
     <w:rsid w:val="00A4228B"/>
     <w:rsid w:val="00A42578"/>
     <w:rsid w:val="00A54E66"/>
     <w:rsid w:val="00A614F7"/>
     <w:rsid w:val="00A6222B"/>
     <w:rsid w:val="00A72822"/>
+    <w:rsid w:val="00A81B03"/>
     <w:rsid w:val="00A82531"/>
     <w:rsid w:val="00A842E4"/>
     <w:rsid w:val="00A969BA"/>
     <w:rsid w:val="00A9745D"/>
     <w:rsid w:val="00AB679A"/>
     <w:rsid w:val="00AD036D"/>
+    <w:rsid w:val="00AD1EE3"/>
+    <w:rsid w:val="00AD77DA"/>
+    <w:rsid w:val="00AE06C1"/>
     <w:rsid w:val="00AE29C3"/>
+    <w:rsid w:val="00AE4D78"/>
+    <w:rsid w:val="00AF1558"/>
     <w:rsid w:val="00AF5079"/>
     <w:rsid w:val="00B0136C"/>
+    <w:rsid w:val="00B01810"/>
     <w:rsid w:val="00B04930"/>
     <w:rsid w:val="00B04B72"/>
     <w:rsid w:val="00B1308E"/>
+    <w:rsid w:val="00B14BBB"/>
     <w:rsid w:val="00B1764B"/>
     <w:rsid w:val="00B202B4"/>
     <w:rsid w:val="00B23F8B"/>
     <w:rsid w:val="00B27E91"/>
     <w:rsid w:val="00B305C8"/>
     <w:rsid w:val="00B306DA"/>
     <w:rsid w:val="00B41F03"/>
     <w:rsid w:val="00B425B8"/>
     <w:rsid w:val="00B51895"/>
     <w:rsid w:val="00B55CBD"/>
     <w:rsid w:val="00B60A00"/>
     <w:rsid w:val="00B757BD"/>
+    <w:rsid w:val="00B77CE7"/>
+    <w:rsid w:val="00B8788E"/>
     <w:rsid w:val="00B92165"/>
+    <w:rsid w:val="00B936B4"/>
     <w:rsid w:val="00B94B44"/>
+    <w:rsid w:val="00BA0BDB"/>
     <w:rsid w:val="00BA0E53"/>
+    <w:rsid w:val="00BA2B6D"/>
     <w:rsid w:val="00BA4970"/>
+    <w:rsid w:val="00BA563E"/>
     <w:rsid w:val="00BC0C9D"/>
     <w:rsid w:val="00BC37B2"/>
+    <w:rsid w:val="00BC5EC1"/>
     <w:rsid w:val="00BD0BB7"/>
     <w:rsid w:val="00BD25C5"/>
+    <w:rsid w:val="00BE6F65"/>
     <w:rsid w:val="00BF06CD"/>
     <w:rsid w:val="00BF4084"/>
     <w:rsid w:val="00BF4C37"/>
     <w:rsid w:val="00C0178D"/>
+    <w:rsid w:val="00C036C7"/>
     <w:rsid w:val="00C04B1E"/>
     <w:rsid w:val="00C16D87"/>
     <w:rsid w:val="00C21AE0"/>
     <w:rsid w:val="00C2608D"/>
     <w:rsid w:val="00C2702F"/>
     <w:rsid w:val="00C366D8"/>
     <w:rsid w:val="00C454BD"/>
     <w:rsid w:val="00C544BB"/>
+    <w:rsid w:val="00C6416A"/>
     <w:rsid w:val="00C67FB7"/>
+    <w:rsid w:val="00C84C9D"/>
     <w:rsid w:val="00C934C4"/>
     <w:rsid w:val="00C94E90"/>
     <w:rsid w:val="00CA13B3"/>
+    <w:rsid w:val="00CA1891"/>
     <w:rsid w:val="00CA2652"/>
     <w:rsid w:val="00CB6D31"/>
     <w:rsid w:val="00CC6D60"/>
     <w:rsid w:val="00CD05F7"/>
+    <w:rsid w:val="00CE4B0E"/>
     <w:rsid w:val="00CF19DA"/>
     <w:rsid w:val="00CF1CCE"/>
+    <w:rsid w:val="00CF3BE9"/>
     <w:rsid w:val="00CF699F"/>
     <w:rsid w:val="00D01F5B"/>
+    <w:rsid w:val="00D03A13"/>
     <w:rsid w:val="00D10093"/>
     <w:rsid w:val="00D117D4"/>
     <w:rsid w:val="00D1397E"/>
     <w:rsid w:val="00D15EF4"/>
     <w:rsid w:val="00D24ED7"/>
     <w:rsid w:val="00D25B69"/>
     <w:rsid w:val="00D323F8"/>
     <w:rsid w:val="00D33DAC"/>
     <w:rsid w:val="00D349FC"/>
     <w:rsid w:val="00D3730C"/>
     <w:rsid w:val="00D42341"/>
     <w:rsid w:val="00D47996"/>
     <w:rsid w:val="00D537CB"/>
     <w:rsid w:val="00D5608F"/>
     <w:rsid w:val="00D6252A"/>
     <w:rsid w:val="00D67D9D"/>
+    <w:rsid w:val="00D713C4"/>
+    <w:rsid w:val="00D7538A"/>
     <w:rsid w:val="00D80296"/>
     <w:rsid w:val="00D87C24"/>
     <w:rsid w:val="00D95F68"/>
     <w:rsid w:val="00DA0780"/>
+    <w:rsid w:val="00DA4BBE"/>
     <w:rsid w:val="00DA6F12"/>
+    <w:rsid w:val="00DC1AB5"/>
+    <w:rsid w:val="00DC694C"/>
+    <w:rsid w:val="00DD13B3"/>
+    <w:rsid w:val="00DD51C9"/>
     <w:rsid w:val="00DD6398"/>
+    <w:rsid w:val="00DD76AC"/>
+    <w:rsid w:val="00DE2FF5"/>
     <w:rsid w:val="00DE4020"/>
     <w:rsid w:val="00E02108"/>
     <w:rsid w:val="00E0301B"/>
     <w:rsid w:val="00E0347F"/>
     <w:rsid w:val="00E06BF2"/>
+    <w:rsid w:val="00E12E39"/>
     <w:rsid w:val="00E26AF7"/>
     <w:rsid w:val="00E317DD"/>
     <w:rsid w:val="00E33815"/>
     <w:rsid w:val="00E53822"/>
+    <w:rsid w:val="00E540A1"/>
     <w:rsid w:val="00E63BFC"/>
     <w:rsid w:val="00E63C64"/>
+    <w:rsid w:val="00E7152E"/>
     <w:rsid w:val="00E75DB2"/>
+    <w:rsid w:val="00E75E78"/>
     <w:rsid w:val="00E94499"/>
+    <w:rsid w:val="00E958CE"/>
     <w:rsid w:val="00E96539"/>
     <w:rsid w:val="00EA3C28"/>
     <w:rsid w:val="00EC5716"/>
     <w:rsid w:val="00ED1180"/>
     <w:rsid w:val="00ED7F12"/>
+    <w:rsid w:val="00EE14D6"/>
     <w:rsid w:val="00EF6C01"/>
     <w:rsid w:val="00F021C6"/>
     <w:rsid w:val="00F03E15"/>
     <w:rsid w:val="00F123EE"/>
     <w:rsid w:val="00F17084"/>
     <w:rsid w:val="00F262D4"/>
     <w:rsid w:val="00F60962"/>
     <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="00F63826"/>
     <w:rsid w:val="00F80D9F"/>
+    <w:rsid w:val="00F84DD0"/>
     <w:rsid w:val="00F873CF"/>
     <w:rsid w:val="00F92D7C"/>
+    <w:rsid w:val="00FA14F2"/>
     <w:rsid w:val="00FA58B1"/>
     <w:rsid w:val="00FB4A14"/>
     <w:rsid w:val="00FB4C55"/>
     <w:rsid w:val="00FC1EDE"/>
     <w:rsid w:val="00FD48D6"/>
     <w:rsid w:val="00FD77CF"/>
     <w:rsid w:val="00FE2378"/>
     <w:rsid w:val="00FE7A88"/>
     <w:rsid w:val="00FF05EC"/>
     <w:rsid w:val="00FF424B"/>
     <w:rsid w:val="00FF6B6A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2054"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4DE99A4A"/>
   <w15:docId w15:val="{0A05D357-E15B-4C56-A628-9FAB728FC329}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -6616,51 +12515,51 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00D47996"/>
+    <w:rsid w:val="00AE06C1"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
@@ -6848,50 +12747,51 @@
     <w:link w:val="Ttulo9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
@@ -6903,81 +12803,81 @@
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-MX" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Resumo"/>
     <w:link w:val="RodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:rPr>
       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Rodap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004B7EEE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
@@ -7061,51 +12961,51 @@
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="1680" w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="72"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
     <w:name w:val="Título Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="72"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TItulodoArtigo">
     <w:name w:val="TItulo do Artigo"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="004C08C5"/>
     <w:pPr>
       <w:spacing w:before="600" w:after="240" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Adelle Rg"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="48"/>
@@ -7317,87 +13217,87 @@
     <w:rsid w:val="00723808"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="notaderodap">
     <w:name w:val="nota de rodapé"/>
     <w:basedOn w:val="Textodenotaderodap"/>
     <w:link w:val="notaderodapChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00E33815"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:hAnsi="Adelle Rg"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="notaderodapChar">
     <w:name w:val="nota de rodapé Char"/>
     <w:basedOn w:val="TextodenotaderodapChar"/>
     <w:link w:val="notaderodap"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Adelle Rg" w:cs="Open Sans"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodenotaderodap">
     <w:name w:val="footnote text"/>
     <w:link w:val="TextodenotaderodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapChar">
     <w:name w:val="Texto de nota de rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodenotaderodap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TituloTabela">
     <w:name w:val="Titulo Tabela"/>
     <w:basedOn w:val="TextoCorpo"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00503B33"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7620"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
@@ -7464,51 +13364,51 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="iniciaisnomedoautor">
     <w:name w:val="iniciais nome do autor"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="iniciaisnomedoautorChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008D41F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="250" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="iniciaisnomedoautorChar">
     <w:name w:val="iniciais nome do autor Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="iniciaisnomedoautor"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullettexto">
     <w:name w:val="Bullet texto"/>
     <w:basedOn w:val="TextoCorpo"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00307A04"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="1094" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Citaocorpotexto">
     <w:name w:val="Citação corpo texto"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
@@ -7525,72 +13425,72 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TtuloFonteFigura">
     <w:name w:val="Título Fonte Figura"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TtuloFonteFiguraChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B23F8B"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="240" w:line="270" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:hAnsi="Adelle Rg"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TtuloFonteFiguraChar">
     <w:name w:val="Título Fonte Figura Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="TtuloFonteFigura"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Adelle Rg"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figura">
     <w:name w:val="Figura"/>
     <w:basedOn w:val="TituloTabela"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00D5608F"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
     <w:name w:val="Título 3 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referenciastexto">
     <w:name w:val="Referencias texto"/>
     <w:basedOn w:val="TextoCorpo"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00252F15"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Texto">
     <w:name w:val="Texto"/>
     <w:link w:val="TextoChar"/>
@@ -7613,67 +13513,67 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00307A04"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
     <w:name w:val="Título 2 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:i/>
       <w:spacing w:val="-15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoChar">
     <w:name w:val="Texto Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Texto"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Garamond"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:semiHidden/>
     <w:rsid w:val="0029798F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Linkrevista">
     <w:name w:val="Link_revista"/>
     <w:basedOn w:val="linkdarevista"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="007C2405"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
@@ -7695,51 +13595,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notasderodap">
     <w:name w:val="Notas de rodapé"/>
     <w:link w:val="NotasderodapChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008F00F2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NotasderodapChar">
     <w:name w:val="Notas de rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Notasderodap"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Introducao">
     <w:name w:val="Introducao"/>
     <w:basedOn w:val="Subtitulotexto"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00C04B1E"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subsecao">
     <w:name w:val="Subsecao"/>
     <w:basedOn w:val="Subtitulotexto"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00883818"/>
@@ -7765,90 +13665,90 @@
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaoChar"/>
     <w:uiPriority w:val="29"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00406080"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="160"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitaoChar">
     <w:name w:val="Citação Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Citao"/>
     <w:uiPriority w:val="29"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CitaoIntensa">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaoIntensaChar"/>
     <w:uiPriority w:val="30"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B1308E"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitaoIntensaChar">
     <w:name w:val="Citação Intensa Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="CitaoIntensa"/>
     <w:uiPriority w:val="30"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletnumerico">
     <w:name w:val="Bullet numerico"/>
     <w:basedOn w:val="Bullettexto"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00E94499"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:ind w:left="1276"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referncias">
     <w:name w:val="Referências"/>
     <w:semiHidden/>
     <w:rsid w:val="003151CE"/>
@@ -8018,251 +13918,263 @@
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HiperlinkVisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF05EC"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
     <w:name w:val="Título 1 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="72"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Autor">
     <w:name w:val="Autor"/>
     <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:hAnsi="Adelle Rg"/>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CabealhodoSumrio">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Ttulo1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CabecalhoFP">
     <w:name w:val="CabecalhoFP"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
       <w:b/>
       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CabecalhoPaginas">
     <w:name w:val="CabecalhoPaginas"/>
     <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-MX" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Citacao">
     <w:name w:val="Citacao"/>
     <w:uiPriority w:val="13"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00A04B55"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:ind w:left="1701"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ComoCitar0">
     <w:name w:val="ComoCitar"/>
     <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsideraesfinaiseReferncias">
     <w:name w:val="Considerações finais e Referências"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="16"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="120" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Adelle Rg"/>
       <w:b/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Corporesumo">
     <w:name w:val="Corpo resumo"/>
     <w:uiPriority w:val="5"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00A04B55"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Corpoabstracteresumen">
     <w:name w:val="Corpo abstract e resumen"/>
     <w:basedOn w:val="Corporesumo"/>
     <w:uiPriority w:val="6"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Corpodoartigo">
     <w:name w:val="Corpo do artigo"/>
     <w:uiPriority w:val="12"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00A04B55"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="269" w:lineRule="auto"/>
       <w:ind w:firstLine="737"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DoutorEm">
     <w:name w:val="DoutorEm"/>
     <w:uiPriority w:val="12"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figurattulo">
     <w:name w:val="Figura (título)"/>
     <w:uiPriority w:val="15"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00354605"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:kern w:val="2"/>
       <w:sz w:val="20"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figuravfonte">
     <w:name w:val="Figura (v fonte)"/>
     <w:basedOn w:val="Figurattulo"/>
     <w:uiPriority w:val="15"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="FormAurora">
     <w:name w:val="FormAurora"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F60B75"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:insideV w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
@@ -8281,333 +14193,346 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F60B75"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:insideV w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IntroduoeSeo">
     <w:name w:val="Introdução e Seção"/>
     <w:uiPriority w:val="10"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:hAnsi="Adelle Rg"/>
       <w:b/>
       <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Keywordsepalabrasclave">
     <w:name w:val="Keywords e palabras clave"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="8"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00A04B55"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Palatino Linotype"/>
       <w:i/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="link">
     <w:name w:val="link"/>
     <w:uiPriority w:val="12"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:rPr>
       <w:rFonts w:ascii="Roboto Slab" w:hAnsi="Roboto Slab"/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:kern w:val="2"/>
       <w:sz w:val="16"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListaBullets">
     <w:name w:val="ListaBullets"/>
     <w:uiPriority w:val="13"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00354605"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListaNumerada">
     <w:name w:val="ListaNumerada"/>
     <w:basedOn w:val="Numerada"/>
     <w:uiPriority w:val="14"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00354605"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="360"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-MX" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numerada">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NotaDeRodape">
     <w:name w:val="NotaDeRodape"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00A04B55"/>
     <w:pPr>
       <w:spacing w:after="40"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:kern w:val="2"/>
       <w:sz w:val="16"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referencias">
     <w:name w:val="Referencias"/>
     <w:uiPriority w:val="16"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00354605"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumen">
     <w:name w:val="Resumen"/>
     <w:basedOn w:val="Abstract"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:rPr>
       <w:lang w:val="es-419"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumottulo">
     <w:name w:val="Resumo título"/>
     <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Noto Serif" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Noto Serif" w:cs="Open Sans"/>
       <w:b/>
       <w:spacing w:val="-15"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="es-MX" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Resumocorpo">
     <w:name w:val="Resumo corpo"/>
     <w:basedOn w:val="Resumottulo"/>
+    <w:semiHidden/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ResumoeAbstract">
     <w:name w:val="Resumo e Abstract"/>
     <w:uiPriority w:val="4"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="120"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:hAnsi="Adelle Rg"/>
       <w:b/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rodape">
     <w:name w:val="Rodape"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:ind w:right="-176"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="SemEspaamento">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subseo">
     <w:name w:val="Subseção"/>
     <w:basedOn w:val="IntroduoeSeo"/>
     <w:uiPriority w:val="10"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sub-subseo">
     <w:name w:val="Sub-subseção"/>
     <w:basedOn w:val="Subseo"/>
     <w:uiPriority w:val="11"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:rPr>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubttuloChar"/>
     <w:uiPriority w:val="11"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Open Sans"/>
       <w:i/>
       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloChar">
     <w:name w:val="Subtítulo Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Subttulo"/>
     <w:uiPriority w:val="11"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Open Sans"/>
       <w:i/>
       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TabeladeGrade6Colorida">
     <w:name w:val="Grid Table 6 Colorful"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
@@ -8811,125 +14736,125 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodebaloChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="es-MX" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodecomentrio">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodecomentrioChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodecomentrioChar">
     <w:name w:val="Texto de comentário Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodecomentrio"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Garamond"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodenotadefim">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodenotadefimChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotadefimChar">
     <w:name w:val="Texto de nota de fim Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodenotadefim"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Garamond"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TitAbstract">
     <w:name w:val="Tit Abstract"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
@@ -8938,189 +14863,192 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Titulao">
     <w:name w:val="Titulação"/>
     <w:basedOn w:val="Referncias"/>
     <w:link w:val="TitulaoChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0" w:line="250" w:lineRule="atLeast"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="auto"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="ja-JP"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitulaoChar">
     <w:name w:val="Titulação Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Titulao"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="ja-JP"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Char">
     <w:name w:val="Título 4 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Char">
     <w:name w:val="Título 5 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:caps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-MX"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Char">
     <w:name w:val="Título 6 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Char">
     <w:name w:val="Título 7 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Char">
     <w:name w:val="Título 8 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Char">
     <w:name w:val="Título 9 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60B75"/>
+    <w:rsid w:val="009A48E0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulodoartigo">
     <w:name w:val="Título do artigo"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="600" w:after="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adelle Rg" w:hAnsi="Adelle Rg"/>
       <w:b/>
       <w:kern w:val="2"/>
       <w:sz w:val="48"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttuloemlnguaestrangeira">
     <w:name w:val="Título em língua estrangeira"/>
     <w:basedOn w:val="Ttulodoartigo"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="200" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:i/>
       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TtuloFC">
     <w:name w:val="Título FC"/>
     <w:basedOn w:val="Ttulo2"/>
+    <w:semiHidden/>
     <w:rsid w:val="00F60B75"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="260"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Noto Serif" w:hAnsi="Noto Serif"/>
       <w:b/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TabeladeLista4-nfase3">
     <w:name w:val="List Table 4 Accent 3"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00822C28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
@@ -9164,96 +15092,414 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Cabealhodaprimeirapgina">
+    <w:name w:val="RFA - Cabeçalho da primeira página"/>
+    <w:basedOn w:val="Cabealho"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A48E0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Ttulodoartigo">
+    <w:name w:val="RFA - Título do artigo"/>
+    <w:basedOn w:val="TItulodoArtigo"/>
+    <w:qFormat/>
+    <w:rsid w:val="00813309"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:smallCaps/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Ttulodoartigoemlnguaestrangeira">
+    <w:name w:val="RFA - Título do artigo em língua estrangeira"/>
+    <w:basedOn w:val="Titutodoartigosegundoidioma"/>
+    <w:qFormat/>
+    <w:rsid w:val="002C6236"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-NomedoautoreComocitar">
+    <w:name w:val="RFA - Nome do autor e Como citar"/>
+    <w:basedOn w:val="NomecompletodoAutor"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A48E0"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-ResumoeAbstract">
+    <w:name w:val="RFA - Resumo e Abstract"/>
+    <w:basedOn w:val="ResumoeAbstract"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00244164"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Corporesumo">
+    <w:name w:val="RFA - Corpo resumo"/>
+    <w:basedOn w:val="Resumo"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A48E0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Palavras-chave">
+    <w:name w:val="RFA - Palavras-chave"/>
+    <w:basedOn w:val="Keywordsepalabrasclave"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A48E0"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Corporesumolnguaestrangeira">
+    <w:name w:val="RFA - Corpo resumo língua estrangeira"/>
+    <w:basedOn w:val="Corpoabstracteresumen"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A48E0"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Keywordsepalabrasclave">
+    <w:name w:val="RFA - Keywords e palabras clave"/>
+    <w:basedOn w:val="Keywordsepalabrasclave"/>
+    <w:uiPriority w:val="5"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A48E0"/>
+    <w:rPr>
+      <w:bCs/>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Notaderodap">
+    <w:name w:val="RFA - Nota de rodapé"/>
+    <w:basedOn w:val="NotaDeRodape"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901D9D"/>
+    <w:pPr>
+      <w:spacing w:line="283" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Rodap">
+    <w:name w:val="RFA - Rodapé"/>
+    <w:basedOn w:val="Rodape"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A48E0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Cabealhodaspginas">
+    <w:name w:val="RFA - Cabeçalho das páginas"/>
+    <w:basedOn w:val="CabecalhoPaginas"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E958CE"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-IntroduoeSeo">
+    <w:name w:val="RFA - Introdução e Seção"/>
+    <w:basedOn w:val="IntroduoeSeo"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00244164"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Corpodoartigo">
+    <w:name w:val="RFA - Corpo do artigo"/>
+    <w:basedOn w:val="Corpodoartigo"/>
+    <w:uiPriority w:val="7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00563322"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Subseo">
+    <w:name w:val="RFA - Subseção"/>
+    <w:basedOn w:val="Subseo"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00244164"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Citao">
+    <w:name w:val="RFA - Citação"/>
+    <w:basedOn w:val="Citacao"/>
+    <w:uiPriority w:val="8"/>
+    <w:qFormat/>
+    <w:rsid w:val="007828B7"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Sub-subseo">
+    <w:name w:val="RFA - Sub-subseção"/>
+    <w:basedOn w:val="Sub-subseo"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00244164"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Listaordenada">
+    <w:name w:val="RFA - Lista ordenada"/>
+    <w:basedOn w:val="ListaNumerada"/>
+    <w:uiPriority w:val="8"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE06C1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Listanoordenada">
+    <w:name w:val="RFA - Lista não ordenada"/>
+    <w:basedOn w:val="ListaBullets"/>
+    <w:uiPriority w:val="8"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE06C1"/>
+    <w:rPr>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Ttuloefontedefiguras">
+    <w:name w:val="RFA - Título e fonte de figuras"/>
+    <w:aliases w:val="imagens,quadros e tabelas"/>
+    <w:basedOn w:val="Figurattulo"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE06C1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Legendadeimagens">
+    <w:name w:val="RFA - Legenda de imagens"/>
+    <w:basedOn w:val="RFA-Notaderodap"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE06C1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-ConsideraesfinaiseReferncias">
+    <w:name w:val="RFA - Considerações finais e Referências"/>
+    <w:basedOn w:val="Subtitulotexto"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00244164"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RFA-Referncias">
+    <w:name w:val="RFA - Referências"/>
+    <w:basedOn w:val="Referencias"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE06C1"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdecomentrio">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002630D6"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Assuntodocomentrio">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Textodecomentrio"/>
+    <w:next w:val="Textodecomentrio"/>
+    <w:link w:val="AssuntodocomentrioChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002630D6"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:lang w:val="pt-BR" w:eastAsia="ja-JP"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AssuntodocomentrioChar">
+    <w:name w:val="Assunto do comentário Char"/>
+    <w:basedOn w:val="TextodecomentrioChar"/>
+    <w:link w:val="Assuntodocomentrio"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002630D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Garamond"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-MX" w:eastAsia="ja-JP"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1111365971">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1449353410">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1511332058">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1709603127">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pucpress.com.br/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.pucpr.br/aurora" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/2965-1557.037.e2025XXXXX" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1590/2965-1557.038.e2026XXXXX" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1590/2965-1557.036.e202431354" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.issn.org/resource/ISSN/2965-1565" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1590/2965-1557.038.e2026XXXXX" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.issn.org/resource/ISSN/2965-1565" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9528,80 +15774,110 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100FFE05D1DDB25F54398C41B7C2EEF1381" ma:contentTypeVersion="23" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="b9f4c23cbba1b6cef310d6b88010688d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="90598e2d-a6f6-4d0f-a4e0-0a1648083389" xmlns:ns3="4e32415c-cee6-447f-8051-5f05257b8d14" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c52a69e37775155b2fdd9cd27e55c7ca" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Respons_x00e1_vel xmlns="90598e2d-a6f6-4d0f-a4e0-0a1648083389">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Respons_x00e1_vel>
+    <Recebido xmlns="90598e2d-a6f6-4d0f-a4e0-0a1648083389" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="90598e2d-a6f6-4d0f-a4e0-0a1648083389">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4e32415c-cee6-447f-8051-5f05257b8d14" xsi:nil="true"/>
+    <Envio_x0020_ao_x0020_Autor xmlns="90598e2d-a6f6-4d0f-a4e0-0a1648083389">2025-01-09T14:21:52+00:00</Envio_x0020_ao_x0020_Autor>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100FFE05D1DDB25F54398C41B7C2EEF1381" ma:contentTypeVersion="24" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="40679e7f54d3f405a3639ecfef5dcc95">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="90598e2d-a6f6-4d0f-a4e0-0a1648083389" xmlns:ns3="4e32415c-cee6-447f-8051-5f05257b8d14" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70e936266d96c0c0b47ec69ef32c79bf" ns2:_="" ns3:_="">
     <xsd:import namespace="90598e2d-a6f6-4d0f-a4e0-0a1648083389"/>
     <xsd:import namespace="4e32415c-cee6-447f-8051-5f05257b8d14"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Envio_x0020_ao_x0020_Autor" minOccurs="0"/>
                 <xsd:element ref="ns2:Recebido" minOccurs="0"/>
                 <xsd:element ref="ns2:Respons_x00e1_vel" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="90598e2d-a6f6-4d0f-a4e0-0a1648083389" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Envio_x0020_ao_x0020_Autor" ma:index="3" nillable="true" ma:displayName="Envio ao Autor" ma:default="[today]" ma:format="DateOnly" ma:internalName="Envio_x0020_ao_x0020_Autor" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Recebido" ma:index="4" nillable="true" ma:displayName="Recebido" ma:format="DateOnly" ma:internalName="Recebido" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Respons_x00e1_vel" ma:index="5" nillable="true" ma:displayName="Responsável" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="Respons_x00e1_vel" ma:readOnly="false">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
@@ -9667,50 +15943,55 @@
     <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:hidden="true" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Marcações de imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="3c1f837b-9003-4ae4-92fc-ab8355453342" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="26" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="29" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4e32415c-cee6-447f-8051-5f05257b8d14" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Compartilhado com" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -9808,155 +16089,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1930A05-5B15-4796-8FCE-205E907B562E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B625EA8-C45E-47D1-8CE7-D8F8DD27C180}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{280B08FB-025D-43EF-9D75-F057EF87C9BA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="90598e2d-a6f6-4d0f-a4e0-0a1648083389"/>
+    <ds:schemaRef ds:uri="4e32415c-cee6-447f-8051-5f05257b8d14"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DACDAFD3-ACCA-4745-8E00-8733EF1A1BAD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC40F5AF-C5AC-4B08-BCEF-CEE32899A4C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="90598e2d-a6f6-4d0f-a4e0-0a1648083389"/>
     <ds:schemaRef ds:uri="4e32415c-cee6-447f-8051-5f05257b8d14"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{8a1ef6c3-8324-4103-bf4a-1328c5dc3653}" enabled="0" method="" siteId="{8a1ef6c3-8324-4103-bf4a-1328c5dc3653}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1525</Words>
-  <Characters>8239</Characters>
+  <Words>1454</Words>
+  <Characters>8410</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>161</Lines>
+  <Paragraphs>93</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9745</CharactersWithSpaces>
+  <CharactersWithSpaces>9771</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RAFAEL DA MATTA HASSELMANN</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FFE05D1DDB25F54398C41B7C2EEF1381</vt:lpwstr>
   </property>